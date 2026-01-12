--- v0 (2025-12-21)
+++ v1 (2026-01-12)
@@ -590,2070 +590,3015 @@
       </c>
       <c r="AK1" t="str">
         <v>hole_F7</v>
       </c>
       <c r="AL1" t="str">
         <v>hole_F8</v>
       </c>
       <c r="AM1" t="str">
         <v>hole_F9</v>
       </c>
       <c r="AN1" t="str">
         <v>hole_F10</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>Open</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Fred7445</v>
+        <v>Aaron Garcia</v>
       </c>
       <c r="E2">
-        <v>-1</v>
+        <v>-5</v>
       </c>
       <c r="F2">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="H2" t="str">
-        <v>fred7445</v>
+        <v>aaronmatic</v>
       </c>
       <c r="I2">
-        <v>-1</v>
+        <v>-5</v>
       </c>
       <c r="J2">
-        <v>50</v>
+        <v>85</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W2">
         <v>3</v>
       </c>
       <c r="X2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y2">
         <v>4</v>
       </c>
       <c r="Z2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA2">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="AB2">
+        <v>3</v>
+      </c>
+      <c r="AC2">
+        <v>4</v>
+      </c>
+      <c r="AD2">
+        <v>3</v>
+      </c>
+      <c r="AE2">
+        <v>2</v>
+      </c>
+      <c r="AF2">
+        <v>4</v>
+      </c>
+      <c r="AG2">
+        <v>3</v>
+      </c>
+      <c r="AH2">
+        <v>2</v>
+      </c>
+      <c r="AI2">
+        <v>2</v>
+      </c>
+      <c r="AJ2">
+        <v>3</v>
+      </c>
+      <c r="AK2">
+        <v>2</v>
+      </c>
+      <c r="AL2">
+        <v>2</v>
+      </c>
+      <c r="AM2">
+        <v>3</v>
+      </c>
+      <c r="AN2">
+        <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Open</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Aaron Garcia</v>
+        <v>Corey</v>
       </c>
       <c r="E3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F3">
-        <v>60</v>
+        <v>92</v>
+      </c>
+      <c r="G3">
+        <v>187777</v>
       </c>
       <c r="H3" t="str">
-        <v>aaronmatic</v>
+        <v>crease</v>
       </c>
       <c r="I3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J3">
-        <v>60</v>
+        <v>92</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T3">
         <v>4</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
       <c r="AC3">
         <v>4</v>
       </c>
       <c r="AD3">
         <v>3</v>
+      </c>
+      <c r="AE3">
+        <v>3</v>
+      </c>
+      <c r="AF3">
+        <v>2</v>
+      </c>
+      <c r="AG3">
+        <v>3</v>
+      </c>
+      <c r="AH3">
+        <v>2</v>
+      </c>
+      <c r="AI3">
+        <v>4</v>
+      </c>
+      <c r="AJ3">
+        <v>3</v>
+      </c>
+      <c r="AK3">
+        <v>2</v>
+      </c>
+      <c r="AL3">
+        <v>3</v>
+      </c>
+      <c r="AM3">
+        <v>4</v>
+      </c>
+      <c r="AN3">
+        <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Open</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
+        <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>JAM</v>
+        <v>Fred7445</v>
       </c>
       <c r="E4">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F4">
-        <v>55</v>
+        <v>94</v>
       </c>
       <c r="H4" t="str">
-        <v>julioalvarez</v>
+        <v>fred7445</v>
       </c>
       <c r="I4">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J4">
-        <v>55</v>
+        <v>94</v>
       </c>
       <c r="K4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T4">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="U4">
+        <v>4</v>
+      </c>
+      <c r="V4">
+        <v>3</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
       <c r="AC4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD4">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="AE4">
+        <v>4</v>
+      </c>
+      <c r="AF4">
+        <v>4</v>
+      </c>
+      <c r="AG4">
+        <v>3</v>
+      </c>
+      <c r="AH4">
+        <v>3</v>
+      </c>
+      <c r="AI4">
+        <v>4</v>
+      </c>
+      <c r="AJ4">
+        <v>4</v>
+      </c>
+      <c r="AK4">
+        <v>3</v>
+      </c>
+      <c r="AL4">
+        <v>3</v>
+      </c>
+      <c r="AM4">
+        <v>4</v>
+      </c>
+      <c r="AN4">
+        <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Open</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
+        <v>T3</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>Corey</v>
+        <v>Juan 8a</v>
       </c>
       <c r="E5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F5">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>187777</v>
+        <v>94</v>
       </c>
       <c r="H5" t="str">
-        <v>crease</v>
+        <v>juano8a</v>
       </c>
       <c r="I5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J5">
-        <v>54</v>
+        <v>94</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S5">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V5">
         <v>5</v>
       </c>
       <c r="W5">
         <v>2</v>
       </c>
       <c r="X5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA5">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="AB5">
+        <v>3</v>
+      </c>
+      <c r="AC5">
+        <v>4</v>
+      </c>
+      <c r="AD5">
+        <v>3</v>
+      </c>
+      <c r="AE5">
+        <v>3</v>
+      </c>
+      <c r="AF5">
+        <v>4</v>
+      </c>
+      <c r="AG5">
+        <v>3</v>
+      </c>
+      <c r="AH5">
+        <v>2</v>
+      </c>
+      <c r="AI5">
+        <v>2</v>
+      </c>
+      <c r="AJ5">
+        <v>3</v>
+      </c>
+      <c r="AK5">
+        <v>2</v>
+      </c>
+      <c r="AL5">
+        <v>2</v>
+      </c>
+      <c r="AM5">
+        <v>3</v>
+      </c>
+      <c r="AN5">
+        <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Open</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
+        <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Jon.</v>
+        <v>Wagonburner</v>
       </c>
       <c r="E6">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F6">
-        <v>58</v>
+        <v>97</v>
+      </c>
+      <c r="G6">
+        <v>237493</v>
       </c>
       <c r="H6" t="str">
-        <v>jonathan90e</v>
+        <v>redman51</v>
       </c>
       <c r="I6">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="J6">
-        <v>58</v>
+        <v>97</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R6">
         <v>2</v>
       </c>
       <c r="S6">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="T6">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="U6">
+        <v>4</v>
+      </c>
+      <c r="V6">
+        <v>4</v>
       </c>
       <c r="W6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AC6">
         <v>4</v>
       </c>
       <c r="AD6">
+        <v>3</v>
+      </c>
+      <c r="AE6">
+        <v>3</v>
+      </c>
+      <c r="AF6">
+        <v>3</v>
+      </c>
+      <c r="AG6">
+        <v>3</v>
+      </c>
+      <c r="AH6">
+        <v>2</v>
+      </c>
+      <c r="AI6">
+        <v>3</v>
+      </c>
+      <c r="AJ6">
+        <v>3</v>
+      </c>
+      <c r="AK6">
+        <v>3</v>
+      </c>
+      <c r="AL6">
+        <v>3</v>
+      </c>
+      <c r="AM6">
+        <v>4</v>
+      </c>
+      <c r="AN6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Open</v>
       </c>
       <c r="B7" t="str">
-        <v>T6</v>
+        <v>T5</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v>Wagonburner</v>
+        <v>JAM</v>
       </c>
       <c r="E7">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F7">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>237493</v>
+        <v>97</v>
       </c>
       <c r="H7" t="str">
-        <v>redman51</v>
+        <v>julioalvarez</v>
       </c>
       <c r="I7">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J7">
-        <v>57</v>
+        <v>97</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T7">
         <v>4</v>
       </c>
       <c r="U7">
         <v>4</v>
       </c>
       <c r="V7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA7">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="AB7">
+        <v>3</v>
+      </c>
+      <c r="AC7">
+        <v>3</v>
+      </c>
+      <c r="AD7">
+        <v>4</v>
+      </c>
+      <c r="AE7">
+        <v>5</v>
+      </c>
+      <c r="AF7">
+        <v>2</v>
+      </c>
+      <c r="AG7">
+        <v>4</v>
+      </c>
+      <c r="AH7">
+        <v>4</v>
+      </c>
+      <c r="AI7">
+        <v>3</v>
+      </c>
+      <c r="AJ7">
+        <v>3</v>
+      </c>
+      <c r="AK7">
+        <v>3</v>
+      </c>
+      <c r="AL7">
+        <v>3</v>
+      </c>
+      <c r="AM7">
+        <v>5</v>
+      </c>
+      <c r="AN7">
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Open</v>
       </c>
       <c r="B8" t="str">
-        <v>T6</v>
+        <v>7</v>
       </c>
       <c r="C8">
+        <v>7</v>
+      </c>
+      <c r="D8" t="str">
+        <v xml:space="preserve">John Karr </v>
+      </c>
+      <c r="E8">
+        <v>11</v>
+      </c>
+      <c r="F8">
+        <v>101</v>
+      </c>
+      <c r="H8" t="str">
+        <v>tendeers</v>
+      </c>
+      <c r="I8">
+        <v>11</v>
+      </c>
+      <c r="J8">
+        <v>101</v>
+      </c>
+      <c r="K8">
+        <v>3</v>
+      </c>
+      <c r="L8">
+        <v>3</v>
+      </c>
+      <c r="M8">
+        <v>3</v>
+      </c>
+      <c r="N8">
+        <v>4</v>
+      </c>
+      <c r="O8">
+        <v>2</v>
+      </c>
+      <c r="P8">
+        <v>4</v>
+      </c>
+      <c r="Q8">
+        <v>2</v>
+      </c>
+      <c r="R8">
+        <v>3</v>
+      </c>
+      <c r="S8">
         <v>6</v>
       </c>
-      <c r="D8" t="str">
-[...43 lines deleted...]
-      </c>
       <c r="T8">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="U8">
+        <v>4</v>
+      </c>
+      <c r="V8">
+        <v>5</v>
       </c>
       <c r="W8">
         <v>4</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>4</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>4</v>
       </c>
       <c r="AB8">
         <v>2</v>
       </c>
       <c r="AC8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD8">
         <v>3</v>
+      </c>
+      <c r="AE8">
+        <v>4</v>
+      </c>
+      <c r="AF8">
+        <v>4</v>
+      </c>
+      <c r="AG8">
+        <v>4</v>
+      </c>
+      <c r="AH8">
+        <v>2</v>
+      </c>
+      <c r="AI8">
+        <v>3</v>
+      </c>
+      <c r="AJ8">
+        <v>3</v>
+      </c>
+      <c r="AK8">
+        <v>3</v>
+      </c>
+      <c r="AL8">
+        <v>3</v>
+      </c>
+      <c r="AM8">
+        <v>3</v>
+      </c>
+      <c r="AN8">
+        <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>Open</v>
       </c>
       <c r="B9" t="str">
-        <v>8</v>
+        <v>T8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Bear Tekala</v>
+        <v>Eddy Ferrer</v>
       </c>
       <c r="E9">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="F9">
-        <v>52</v>
+        <v>103</v>
       </c>
       <c r="G9">
-        <v>243180</v>
+        <v>217775</v>
       </c>
       <c r="H9" t="str">
-        <v>marctekala</v>
+        <v>eddyferrer80</v>
       </c>
       <c r="I9">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="J9">
-        <v>52</v>
+        <v>103</v>
       </c>
       <c r="K9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L9">
         <v>5</v>
       </c>
       <c r="M9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S9">
         <v>4</v>
       </c>
       <c r="T9">
         <v>4</v>
       </c>
+      <c r="U9">
+        <v>6</v>
+      </c>
+      <c r="V9">
+        <v>5</v>
+      </c>
+      <c r="W9">
+        <v>2</v>
+      </c>
+      <c r="X9">
+        <v>4</v>
+      </c>
+      <c r="Y9">
+        <v>3</v>
+      </c>
       <c r="Z9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
       <c r="AC9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD9">
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="AE9">
+        <v>3</v>
+      </c>
+      <c r="AF9">
+        <v>5</v>
+      </c>
+      <c r="AG9">
+        <v>3</v>
+      </c>
+      <c r="AH9">
+        <v>2</v>
+      </c>
+      <c r="AI9">
+        <v>4</v>
+      </c>
+      <c r="AJ9">
+        <v>4</v>
+      </c>
+      <c r="AK9">
+        <v>3</v>
+      </c>
+      <c r="AL9">
+        <v>2</v>
+      </c>
+      <c r="AM9">
+        <v>5</v>
+      </c>
+      <c r="AN9">
+        <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Open</v>
       </c>
       <c r="B10" t="str">
-        <v>T9</v>
+        <v>T8</v>
       </c>
       <c r="C10">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D10" t="str">
-        <v>Steve Civitak</v>
+        <v>Noel</v>
       </c>
       <c r="E10">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="F10">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>15556</v>
+        <v>103</v>
       </c>
       <c r="H10" t="str">
-        <v>bama15556</v>
+        <v>thestogienator</v>
       </c>
       <c r="I10">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="J10">
-        <v>56</v>
+        <v>103</v>
       </c>
       <c r="K10">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>
       <c r="U10">
         <v>6</v>
       </c>
       <c r="V10">
         <v>4</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
+      <c r="Y10">
+        <v>4</v>
+      </c>
+      <c r="Z10">
+        <v>3</v>
+      </c>
+      <c r="AA10">
+        <v>4</v>
+      </c>
+      <c r="AB10">
+        <v>2</v>
+      </c>
       <c r="AC10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD10">
         <v>3</v>
+      </c>
+      <c r="AE10">
+        <v>4</v>
+      </c>
+      <c r="AF10">
+        <v>3</v>
+      </c>
+      <c r="AG10">
+        <v>4</v>
+      </c>
+      <c r="AH10">
+        <v>3</v>
+      </c>
+      <c r="AI10">
+        <v>4</v>
+      </c>
+      <c r="AJ10">
+        <v>3</v>
+      </c>
+      <c r="AK10">
+        <v>3</v>
+      </c>
+      <c r="AL10">
+        <v>3</v>
+      </c>
+      <c r="AM10">
+        <v>4</v>
+      </c>
+      <c r="AN10">
+        <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Open</v>
       </c>
       <c r="B11" t="str">
-        <v>T9</v>
+        <v>10</v>
       </c>
       <c r="C11">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Mike Fisher</v>
+        <v>Andrew De Leon</v>
       </c>
       <c r="E11">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="F11">
-        <v>56</v>
+        <v>104</v>
+      </c>
+      <c r="G11">
+        <v>162938</v>
       </c>
       <c r="H11" t="str">
-        <v>birdogy</v>
+        <v>andrew324</v>
       </c>
       <c r="I11">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="J11">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="T11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U11">
         <v>5</v>
       </c>
       <c r="V11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W11">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="X11">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="Y11">
+        <v>5</v>
+      </c>
+      <c r="Z11">
+        <v>4</v>
+      </c>
+      <c r="AA11">
+        <v>4</v>
+      </c>
+      <c r="AB11">
+        <v>4</v>
       </c>
       <c r="AC11">
         <v>3</v>
       </c>
       <c r="AD11">
+        <v>3</v>
+      </c>
+      <c r="AE11">
+        <v>3</v>
+      </c>
+      <c r="AF11">
+        <v>4</v>
+      </c>
+      <c r="AG11">
+        <v>3</v>
+      </c>
+      <c r="AH11">
+        <v>2</v>
+      </c>
+      <c r="AI11">
+        <v>3</v>
+      </c>
+      <c r="AJ11">
+        <v>3</v>
+      </c>
+      <c r="AK11">
+        <v>3</v>
+      </c>
+      <c r="AL11">
+        <v>3</v>
+      </c>
+      <c r="AM11">
+        <v>3</v>
+      </c>
+      <c r="AN11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Open</v>
       </c>
       <c r="B12" t="str">
-        <v>T9</v>
+        <v>11</v>
       </c>
       <c r="C12">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v>David</v>
+        <v>Mark Fuller</v>
       </c>
       <c r="E12">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="F12">
-        <v>59</v>
+        <v>106</v>
       </c>
       <c r="H12" t="str">
-        <v>wnt2pla</v>
+        <v>fullerm</v>
       </c>
       <c r="I12">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="J12">
-        <v>59</v>
+        <v>106</v>
       </c>
       <c r="K12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L12">
         <v>5</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V12">
         <v>4</v>
       </c>
       <c r="W12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X12">
         <v>4</v>
       </c>
       <c r="Y12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA12">
         <v>4</v>
+      </c>
+      <c r="AB12">
+        <v>3</v>
+      </c>
+      <c r="AC12">
+        <v>4</v>
+      </c>
+      <c r="AD12">
+        <v>3</v>
+      </c>
+      <c r="AE12">
+        <v>4</v>
+      </c>
+      <c r="AF12">
+        <v>4</v>
+      </c>
+      <c r="AG12">
+        <v>5</v>
+      </c>
+      <c r="AH12">
+        <v>3</v>
+      </c>
+      <c r="AI12">
+        <v>3</v>
+      </c>
+      <c r="AJ12">
+        <v>3</v>
+      </c>
+      <c r="AK12">
+        <v>4</v>
+      </c>
+      <c r="AL12">
+        <v>4</v>
+      </c>
+      <c r="AM12">
+        <v>5</v>
+      </c>
+      <c r="AN12">
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Open</v>
       </c>
       <c r="B13" t="str">
-        <v>T9</v>
+        <v>T12</v>
       </c>
       <c r="C13">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D13" t="str">
-        <v>Juan 8a</v>
+        <v>Jesus</v>
       </c>
       <c r="E13">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="F13">
-        <v>68</v>
+        <v>107</v>
       </c>
       <c r="H13" t="str">
-        <v>juano8a</v>
+        <v>jesusavdgc007</v>
       </c>
       <c r="I13">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="J13">
-        <v>68</v>
+        <v>107</v>
       </c>
       <c r="K13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M13">
         <v>4</v>
       </c>
       <c r="N13">
         <v>4</v>
       </c>
       <c r="O13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC13">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AD13">
+        <v>3</v>
+      </c>
+      <c r="AE13">
+        <v>4</v>
+      </c>
+      <c r="AF13">
+        <v>4</v>
+      </c>
+      <c r="AG13">
+        <v>6</v>
+      </c>
+      <c r="AH13">
+        <v>2</v>
+      </c>
+      <c r="AI13">
+        <v>3</v>
+      </c>
+      <c r="AJ13">
+        <v>3</v>
+      </c>
+      <c r="AK13">
+        <v>4</v>
+      </c>
+      <c r="AL13">
+        <v>2</v>
+      </c>
+      <c r="AM13">
+        <v>3</v>
+      </c>
+      <c r="AN13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>Open</v>
       </c>
       <c r="B14" t="str">
-        <v>T9</v>
+        <v>T12</v>
       </c>
       <c r="C14">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D14" t="str">
-        <v>Mark Fuller</v>
+        <v>Jon.</v>
       </c>
       <c r="E14">
+        <v>17</v>
+      </c>
+      <c r="F14">
+        <v>107</v>
+      </c>
+      <c r="H14" t="str">
+        <v>jonathan90e</v>
+      </c>
+      <c r="I14">
+        <v>17</v>
+      </c>
+      <c r="J14">
+        <v>107</v>
+      </c>
+      <c r="K14">
+        <v>3</v>
+      </c>
+      <c r="L14">
+        <v>3</v>
+      </c>
+      <c r="M14">
+        <v>3</v>
+      </c>
+      <c r="N14">
+        <v>3</v>
+      </c>
+      <c r="O14">
+        <v>4</v>
+      </c>
+      <c r="P14">
+        <v>3</v>
+      </c>
+      <c r="Q14">
+        <v>2</v>
+      </c>
+      <c r="R14">
+        <v>2</v>
+      </c>
+      <c r="S14">
         <v>8</v>
       </c>
-      <c r="F14">
-[...37 lines deleted...]
-      </c>
       <c r="T14">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="U14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V14">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="W14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA14">
         <v>4</v>
       </c>
       <c r="AB14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC14">
         <v>4</v>
       </c>
       <c r="AD14">
         <v>3</v>
+      </c>
+      <c r="AE14">
+        <v>3</v>
+      </c>
+      <c r="AF14">
+        <v>6</v>
+      </c>
+      <c r="AG14">
+        <v>5</v>
+      </c>
+      <c r="AH14">
+        <v>3</v>
+      </c>
+      <c r="AI14">
+        <v>4</v>
+      </c>
+      <c r="AJ14">
+        <v>3</v>
+      </c>
+      <c r="AK14">
+        <v>3</v>
+      </c>
+      <c r="AL14">
+        <v>2</v>
+      </c>
+      <c r="AM14">
+        <v>4</v>
+      </c>
+      <c r="AN14">
+        <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>Open</v>
       </c>
       <c r="B15" t="str">
-        <v>T14</v>
+        <v>T12</v>
       </c>
       <c r="C15">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D15" t="str">
-        <v>Andrew De Leon</v>
+        <v>Mike Fisher</v>
       </c>
       <c r="E15">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F15">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>162938</v>
+        <v>107</v>
       </c>
       <c r="H15" t="str">
-        <v>andrew324</v>
+        <v>birdogy</v>
       </c>
       <c r="I15">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="J15">
-        <v>57</v>
+        <v>107</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S15">
+        <v>3</v>
+      </c>
+      <c r="T15">
+        <v>5</v>
+      </c>
+      <c r="U15">
+        <v>5</v>
+      </c>
+      <c r="V15">
+        <v>4</v>
+      </c>
+      <c r="W15">
         <v>6</v>
       </c>
-      <c r="T15">
-[...10 lines deleted...]
-      </c>
       <c r="X15">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="Y15">
+        <v>3</v>
+      </c>
+      <c r="Z15">
+        <v>4</v>
+      </c>
+      <c r="AA15">
+        <v>3</v>
+      </c>
+      <c r="AB15">
+        <v>3</v>
       </c>
       <c r="AC15">
         <v>3</v>
       </c>
       <c r="AD15">
         <v>3</v>
+      </c>
+      <c r="AE15">
+        <v>4</v>
+      </c>
+      <c r="AF15">
+        <v>3</v>
+      </c>
+      <c r="AG15">
+        <v>3</v>
+      </c>
+      <c r="AH15">
+        <v>3</v>
+      </c>
+      <c r="AI15">
+        <v>4</v>
+      </c>
+      <c r="AJ15">
+        <v>5</v>
+      </c>
+      <c r="AK15">
+        <v>5</v>
+      </c>
+      <c r="AL15">
+        <v>5</v>
+      </c>
+      <c r="AM15">
+        <v>2</v>
+      </c>
+      <c r="AN15">
+        <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>Open</v>
       </c>
       <c r="B16" t="str">
-        <v>T14</v>
+        <v>15</v>
       </c>
       <c r="C16">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D16" t="str">
-        <v>Eddy Ferrer</v>
+        <v>Bear Tekala</v>
       </c>
       <c r="E16">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F16">
-        <v>60</v>
+        <v>108</v>
       </c>
       <c r="G16">
-        <v>217775</v>
+        <v>243180</v>
       </c>
       <c r="H16" t="str">
-        <v>eddyferrer80</v>
+        <v>marctekala</v>
       </c>
       <c r="I16">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="J16">
-        <v>60</v>
+        <v>108</v>
       </c>
       <c r="K16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L16">
         <v>5</v>
       </c>
       <c r="M16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S16">
         <v>4</v>
       </c>
       <c r="T16">
         <v>4</v>
       </c>
       <c r="U16">
+        <v>4</v>
+      </c>
+      <c r="V16">
+        <v>4</v>
+      </c>
+      <c r="W16">
+        <v>3</v>
+      </c>
+      <c r="X16">
+        <v>2</v>
+      </c>
+      <c r="Y16">
         <v>6</v>
       </c>
-      <c r="V16">
-[...10 lines deleted...]
-      </c>
       <c r="Z16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA16">
+        <v>4</v>
+      </c>
+      <c r="AB16">
+        <v>3</v>
+      </c>
+      <c r="AC16">
+        <v>3</v>
+      </c>
+      <c r="AD16">
+        <v>4</v>
+      </c>
+      <c r="AE16">
+        <v>4</v>
+      </c>
+      <c r="AF16">
+        <v>5</v>
+      </c>
+      <c r="AG16">
+        <v>3</v>
+      </c>
+      <c r="AH16">
+        <v>3</v>
+      </c>
+      <c r="AI16">
+        <v>3</v>
+      </c>
+      <c r="AJ16">
+        <v>5</v>
+      </c>
+      <c r="AK16">
+        <v>4</v>
+      </c>
+      <c r="AL16">
+        <v>3</v>
+      </c>
+      <c r="AM16">
+        <v>4</v>
+      </c>
+      <c r="AN16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>Open</v>
       </c>
       <c r="B17" t="str">
-        <v>T16</v>
+        <v>16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
-        <v>Jesse Dalton</v>
+        <v>Jay Banks</v>
       </c>
       <c r="E17">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="F17">
-        <v>58</v>
+        <v>109</v>
       </c>
       <c r="H17" t="str">
-        <v>jeeter</v>
+        <v>jarmell80</v>
       </c>
       <c r="I17">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="J17">
-        <v>58</v>
+        <v>109</v>
       </c>
       <c r="K17">
         <v>2</v>
       </c>
       <c r="L17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M17">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
       <c r="Q17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S17">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="T17">
         <v>4</v>
       </c>
       <c r="U17">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="V17">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
+      <c r="Y17">
+        <v>6</v>
+      </c>
+      <c r="Z17">
+        <v>3</v>
+      </c>
+      <c r="AA17">
+        <v>4</v>
+      </c>
+      <c r="AB17">
+        <v>3</v>
+      </c>
       <c r="AC17">
         <v>4</v>
       </c>
       <c r="AD17">
+        <v>4</v>
+      </c>
+      <c r="AE17">
+        <v>3</v>
+      </c>
+      <c r="AF17">
+        <v>2</v>
+      </c>
+      <c r="AG17">
+        <v>3</v>
+      </c>
+      <c r="AH17">
+        <v>3</v>
+      </c>
+      <c r="AI17">
+        <v>5</v>
+      </c>
+      <c r="AJ17">
+        <v>5</v>
+      </c>
+      <c r="AK17">
+        <v>3</v>
+      </c>
+      <c r="AL17">
+        <v>3</v>
+      </c>
+      <c r="AM17">
+        <v>4</v>
+      </c>
+      <c r="AN17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>Open</v>
       </c>
       <c r="B18" t="str">
-        <v>T16</v>
+        <v>17</v>
       </c>
       <c r="C18">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D18" t="str">
-        <v xml:space="preserve">John Karr </v>
+        <v>Steve Civitak</v>
       </c>
       <c r="E18">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="F18">
-        <v>70</v>
+        <v>110</v>
+      </c>
+      <c r="G18">
+        <v>15556</v>
       </c>
       <c r="H18" t="str">
-        <v>tendeers</v>
+        <v>bama15556</v>
       </c>
       <c r="I18">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="J18">
-        <v>70</v>
+        <v>110</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>4</v>
       </c>
       <c r="O18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P18">
         <v>4</v>
       </c>
       <c r="Q18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S18">
+        <v>2</v>
+      </c>
+      <c r="T18">
+        <v>3</v>
+      </c>
+      <c r="U18">
         <v>6</v>
       </c>
-      <c r="T18">
-[...4 lines deleted...]
-      </c>
       <c r="V18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
         <v>4</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
         <v>4</v>
       </c>
       <c r="AB18">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AC18">
         <v>4</v>
       </c>
       <c r="AD18">
         <v>3</v>
+      </c>
+      <c r="AE18">
+        <v>4</v>
+      </c>
+      <c r="AF18">
+        <v>6</v>
+      </c>
+      <c r="AG18">
+        <v>4</v>
+      </c>
+      <c r="AH18">
+        <v>3</v>
+      </c>
+      <c r="AI18">
+        <v>3</v>
+      </c>
+      <c r="AJ18">
+        <v>6</v>
+      </c>
+      <c r="AK18">
+        <v>4</v>
+      </c>
+      <c r="AL18">
+        <v>2</v>
+      </c>
+      <c r="AM18">
+        <v>4</v>
+      </c>
+      <c r="AN18">
+        <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>Open</v>
       </c>
       <c r="B19" t="str">
         <v>18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
-        <v>Jesus</v>
+        <v>Jesse Dalton</v>
       </c>
       <c r="E19">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="F19">
-        <v>66</v>
+        <v>115</v>
       </c>
       <c r="H19" t="str">
-        <v>jesusavdgc007</v>
+        <v>jeeter</v>
       </c>
       <c r="I19">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="J19">
-        <v>66</v>
+        <v>115</v>
       </c>
       <c r="K19">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N19">
         <v>4</v>
       </c>
       <c r="O19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R19">
         <v>4</v>
       </c>
       <c r="S19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T19">
         <v>4</v>
       </c>
+      <c r="U19">
+        <v>3</v>
+      </c>
+      <c r="V19">
+        <v>5</v>
+      </c>
       <c r="W19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X19">
         <v>3</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
         <v>3</v>
       </c>
       <c r="AA19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC19">
+        <v>4</v>
+      </c>
+      <c r="AD19">
+        <v>3</v>
+      </c>
+      <c r="AE19">
+        <v>5</v>
+      </c>
+      <c r="AF19">
         <v>6</v>
       </c>
-      <c r="AD19">
+      <c r="AG19">
+        <v>4</v>
+      </c>
+      <c r="AH19">
+        <v>4</v>
+      </c>
+      <c r="AI19">
+        <v>4</v>
+      </c>
+      <c r="AJ19">
+        <v>3</v>
+      </c>
+      <c r="AK19">
+        <v>5</v>
+      </c>
+      <c r="AL19">
+        <v>3</v>
+      </c>
+      <c r="AM19">
+        <v>7</v>
+      </c>
+      <c r="AN19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>Open</v>
       </c>
       <c r="B20" t="str">
         <v>19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>Casey Goodale</v>
       </c>
       <c r="E20">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F20">
-        <v>67</v>
+        <v>118</v>
       </c>
       <c r="H20" t="str">
         <v>deepbluesun</v>
       </c>
       <c r="I20">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="J20">
-        <v>67</v>
+        <v>118</v>
       </c>
       <c r="K20">
         <v>4</v>
       </c>
       <c r="L20">
         <v>6</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>4</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>2</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
       <c r="R20">
         <v>2</v>
       </c>
       <c r="S20">
         <v>7</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>
+      <c r="U20">
+        <v>5</v>
+      </c>
+      <c r="V20">
+        <v>5</v>
+      </c>
       <c r="W20">
         <v>3</v>
       </c>
       <c r="X20">
         <v>4</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
         <v>5</v>
       </c>
       <c r="AA20">
         <v>4</v>
       </c>
       <c r="AB20">
         <v>4</v>
       </c>
       <c r="AC20">
         <v>4</v>
       </c>
       <c r="AD20">
         <v>3</v>
+      </c>
+      <c r="AE20">
+        <v>3</v>
+      </c>
+      <c r="AF20">
+        <v>4</v>
+      </c>
+      <c r="AG20">
+        <v>4</v>
+      </c>
+      <c r="AH20">
+        <v>3</v>
+      </c>
+      <c r="AI20">
+        <v>4</v>
+      </c>
+      <c r="AJ20">
+        <v>4</v>
+      </c>
+      <c r="AK20">
+        <v>7</v>
+      </c>
+      <c r="AL20">
+        <v>4</v>
+      </c>
+      <c r="AM20">
+        <v>3</v>
+      </c>
+      <c r="AN20">
+        <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>Open</v>
       </c>
       <c r="B21" t="str">
         <v>20</v>
       </c>
       <c r="C21">
         <v>20</v>
       </c>
       <c r="D21" t="str">
-        <v>Jay Banks</v>
+        <v>Parrish</v>
       </c>
       <c r="E21">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="F21">
-        <v>75</v>
+        <v>122</v>
       </c>
       <c r="H21" t="str">
-        <v>jarmell80</v>
+        <v>tryskall</v>
       </c>
       <c r="I21">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="J21">
-        <v>75</v>
+        <v>122</v>
       </c>
       <c r="K21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L21">
         <v>4</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S21">
+        <v>6</v>
+      </c>
+      <c r="T21">
+        <v>4</v>
+      </c>
+      <c r="U21">
+        <v>10</v>
+      </c>
+      <c r="V21">
         <v>7</v>
       </c>
-      <c r="T21">
-[...7 lines deleted...]
-      </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y21">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
         <v>4</v>
       </c>
       <c r="AB21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC21">
         <v>4</v>
       </c>
       <c r="AD21">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="AE21">
+        <v>5</v>
+      </c>
+      <c r="AF21">
+        <v>4</v>
+      </c>
+      <c r="AG21">
+        <v>3</v>
+      </c>
+      <c r="AH21">
+        <v>4</v>
+      </c>
+      <c r="AI21">
+        <v>3</v>
+      </c>
+      <c r="AJ21">
+        <v>4</v>
+      </c>
+      <c r="AK21">
+        <v>5</v>
+      </c>
+      <c r="AL21">
+        <v>3</v>
+      </c>
+      <c r="AM21">
+        <v>5</v>
+      </c>
+      <c r="AN21">
+        <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>Open</v>
       </c>
       <c r="B22" t="str">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>DNF</v>
       </c>
       <c r="D22" t="str">
-        <v>Parrish</v>
+        <v>David</v>
       </c>
       <c r="E22">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="F22">
-        <v>67</v>
+        <v>86</v>
       </c>
       <c r="H22" t="str">
-        <v>tryskall</v>
+        <v>wnt2pla</v>
       </c>
       <c r="I22">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="J22">
-        <v>67</v>
+        <v>86</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P22">
         <v>4</v>
       </c>
       <c r="Q22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S22">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="T22">
         <v>4</v>
       </c>
       <c r="U22">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="V22">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="W22">
         <v>3</v>
       </c>
       <c r="X22">
-        <v>5</v>
+        <v>4</v>
+      </c>
+      <c r="Y22">
+        <v>5</v>
+      </c>
+      <c r="Z22">
+        <v>2</v>
+      </c>
+      <c r="AA22">
+        <v>4</v>
+      </c>
+      <c r="AB22">
+        <v>4</v>
       </c>
       <c r="AC22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD22">
+        <v>3</v>
+      </c>
+      <c r="AE22">
+        <v>3</v>
+      </c>
+      <c r="AF22">
+        <v>4</v>
+      </c>
+      <c r="AG22">
+        <v>3</v>
+      </c>
+      <c r="AH22">
+        <v>2</v>
+      </c>
+      <c r="AI22">
+        <v>2</v>
+      </c>
+      <c r="AJ22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>Rec</v>
       </c>
       <c r="B23" t="str">
         <v>1</v>
       </c>
       <c r="C23">
         <v>1</v>
       </c>
       <c r="D23" t="str">
         <v>EK Juan</v>
       </c>
       <c r="E23">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="F23">
-        <v>53</v>
+        <v>107</v>
       </c>
       <c r="H23" t="str">
         <v>ekjuan</v>
       </c>
       <c r="I23">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="J23">
-        <v>53</v>
+        <v>107</v>
       </c>
       <c r="K23">
         <v>2</v>
       </c>
       <c r="L23">
         <v>6</v>
       </c>
       <c r="M23">
         <v>4</v>
       </c>
       <c r="N23">
         <v>2</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
         <v>4</v>
       </c>
       <c r="Q23">
         <v>3</v>
       </c>
       <c r="R23">
         <v>2</v>
       </c>
       <c r="S23">
         <v>4</v>
       </c>
       <c r="T23">
         <v>3</v>
       </c>
+      <c r="U23">
+        <v>3</v>
+      </c>
+      <c r="V23">
+        <v>4</v>
+      </c>
+      <c r="W23">
+        <v>4</v>
+      </c>
+      <c r="X23">
+        <v>3</v>
+      </c>
+      <c r="Y23">
+        <v>5</v>
+      </c>
       <c r="Z23">
         <v>4</v>
       </c>
       <c r="AA23">
         <v>4</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
       <c r="AC23">
         <v>4</v>
       </c>
       <c r="AD23">
         <v>5</v>
+      </c>
+      <c r="AE23">
+        <v>4</v>
+      </c>
+      <c r="AF23">
+        <v>5</v>
+      </c>
+      <c r="AG23">
+        <v>4</v>
+      </c>
+      <c r="AH23">
+        <v>2</v>
+      </c>
+      <c r="AI23">
+        <v>3</v>
+      </c>
+      <c r="AJ23">
+        <v>3</v>
+      </c>
+      <c r="AK23">
+        <v>4</v>
+      </c>
+      <c r="AL23">
+        <v>3</v>
+      </c>
+      <c r="AM23">
+        <v>4</v>
+      </c>
+      <c r="AN23">
+        <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>Rec</v>
       </c>
       <c r="B24" t="str">
-        <v>T2</v>
+        <v>2</v>
       </c>
       <c r="C24">
         <v>2</v>
       </c>
       <c r="D24" t="str">
         <v>Brian Perez</v>
       </c>
       <c r="E24">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="F24">
-        <v>56</v>
+        <v>116</v>
       </c>
       <c r="H24" t="str">
         <v>mrbp90</v>
       </c>
       <c r="I24">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="J24">
-        <v>56</v>
+        <v>116</v>
       </c>
       <c r="K24">
         <v>4</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>4</v>
       </c>
       <c r="N24">
         <v>5</v>
       </c>
       <c r="O24">
         <v>2</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>
       <c r="Q24">
         <v>3</v>
       </c>
       <c r="R24">
         <v>3</v>
       </c>
       <c r="S24">
         <v>5</v>
       </c>
       <c r="T24">
         <v>5</v>
       </c>
+      <c r="U24">
+        <v>5</v>
+      </c>
+      <c r="V24">
+        <v>6</v>
+      </c>
+      <c r="W24">
+        <v>5</v>
+      </c>
+      <c r="X24">
+        <v>2</v>
+      </c>
+      <c r="Y24">
+        <v>5</v>
+      </c>
       <c r="Z24">
         <v>4</v>
       </c>
       <c r="AA24">
         <v>4</v>
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
       <c r="AC24">
         <v>4</v>
       </c>
       <c r="AD24">
+        <v>4</v>
+      </c>
+      <c r="AE24">
+        <v>3</v>
+      </c>
+      <c r="AF24">
+        <v>4</v>
+      </c>
+      <c r="AG24">
+        <v>4</v>
+      </c>
+      <c r="AH24">
+        <v>3</v>
+      </c>
+      <c r="AI24">
+        <v>4</v>
+      </c>
+      <c r="AJ24">
+        <v>4</v>
+      </c>
+      <c r="AK24">
+        <v>3</v>
+      </c>
+      <c r="AL24">
+        <v>3</v>
+      </c>
+      <c r="AM24">
+        <v>5</v>
+      </c>
+      <c r="AN24">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>Rec</v>
       </c>
       <c r="B25" t="str">
-        <v>T2</v>
+        <v>3</v>
       </c>
       <c r="C25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D25" t="str">
-        <v>Jeff lein</v>
+        <v>Antknee</v>
       </c>
       <c r="E25">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="F25">
-        <v>56</v>
+        <v>118</v>
       </c>
       <c r="H25" t="str">
-        <v>jeffl007</v>
+        <v>bdaddy</v>
       </c>
       <c r="I25">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="J25">
-        <v>56</v>
+        <v>118</v>
       </c>
       <c r="K25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S25">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>
+      <c r="U25">
+        <v>4</v>
+      </c>
+      <c r="V25">
+        <v>4</v>
+      </c>
+      <c r="W25">
+        <v>5</v>
+      </c>
+      <c r="X25">
+        <v>4</v>
+      </c>
+      <c r="Y25">
+        <v>4</v>
+      </c>
       <c r="Z25">
         <v>3</v>
       </c>
       <c r="AA25">
         <v>4</v>
       </c>
       <c r="AB25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC25">
         <v>4</v>
       </c>
       <c r="AD25">
         <v>4</v>
+      </c>
+      <c r="AE25">
+        <v>3</v>
+      </c>
+      <c r="AF25">
+        <v>5</v>
+      </c>
+      <c r="AG25">
+        <v>4</v>
+      </c>
+      <c r="AH25">
+        <v>5</v>
+      </c>
+      <c r="AI25">
+        <v>4</v>
+      </c>
+      <c r="AJ25">
+        <v>4</v>
+      </c>
+      <c r="AK25">
+        <v>4</v>
+      </c>
+      <c r="AL25">
+        <v>4</v>
+      </c>
+      <c r="AM25">
+        <v>4</v>
+      </c>
+      <c r="AN25">
+        <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>Rec</v>
       </c>
       <c r="B26" t="str">
         <v>4</v>
       </c>
       <c r="C26">
         <v>4</v>
       </c>
       <c r="D26" t="str">
-        <v>Antknee</v>
+        <v>Jeff lein</v>
       </c>
       <c r="E26">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F26">
-        <v>57</v>
+        <v>119</v>
       </c>
       <c r="H26" t="str">
-        <v>bdaddy</v>
+        <v>jeffl007</v>
       </c>
       <c r="I26">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="J26">
-        <v>57</v>
+        <v>119</v>
       </c>
       <c r="K26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L26">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M26">
         <v>4</v>
       </c>
       <c r="N26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S26">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="T26">
         <v>3</v>
       </c>
+      <c r="U26">
+        <v>7</v>
+      </c>
+      <c r="V26">
+        <v>5</v>
+      </c>
+      <c r="W26">
+        <v>2</v>
+      </c>
+      <c r="X26">
+        <v>3</v>
+      </c>
+      <c r="Y26">
+        <v>4</v>
+      </c>
       <c r="Z26">
         <v>3</v>
       </c>
       <c r="AA26">
         <v>4</v>
       </c>
       <c r="AB26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC26">
         <v>4</v>
       </c>
       <c r="AD26">
         <v>4</v>
+      </c>
+      <c r="AE26">
+        <v>6</v>
+      </c>
+      <c r="AF26">
+        <v>5</v>
+      </c>
+      <c r="AG26">
+        <v>3</v>
+      </c>
+      <c r="AH26">
+        <v>5</v>
+      </c>
+      <c r="AI26">
+        <v>3</v>
+      </c>
+      <c r="AJ26">
+        <v>6</v>
+      </c>
+      <c r="AK26">
+        <v>4</v>
+      </c>
+      <c r="AL26">
+        <v>3</v>
+      </c>
+      <c r="AM26">
+        <v>4</v>
+      </c>
+      <c r="AN26">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AN26"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>