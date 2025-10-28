--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -619,50 +619,53 @@
       </c>
       <c r="U2">
         <v>2</v>
       </c>
       <c r="V2">
         <v>5</v>
       </c>
       <c r="W2">
         <v>4</v>
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>2</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
+      <c r="AC2" t="str">
+        <v>15</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>REC</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Mark Woolford</v>
       </c>
       <c r="E3">
         <v>-5</v>
       </c>
       <c r="F3">
         <v>52</v>
       </c>
       <c r="H3" t="str">
         <v>markwool21</v>
       </c>
       <c r="I3">
         <v>-5</v>
@@ -702,50 +705,53 @@
       </c>
       <c r="U3">
         <v>2</v>
       </c>
       <c r="V3">
         <v>3</v>
       </c>
       <c r="W3">
         <v>4</v>
       </c>
       <c r="X3">
         <v>2</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>4</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
+      <c r="AC3" t="str">
+        <v>15</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>REC</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Isaiah Johnson</v>
       </c>
       <c r="E4">
         <v>-3</v>
       </c>
       <c r="F4">
         <v>54</v>
       </c>
       <c r="H4" t="str">
         <v>isaiahj21</v>
       </c>
       <c r="I4">
         <v>-3</v>
@@ -1123,50 +1129,53 @@
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
         <v>4</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>2</v>
       </c>
       <c r="Y8">
         <v>2</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>2</v>
       </c>
+      <c r="AC8" t="str">
+        <v>28</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>ADV</v>
       </c>
       <c r="B9" t="str">
         <v>T1</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
       <c r="D9" t="str">
         <v>Paul Galaszewski</v>
       </c>
       <c r="E9">
         <v>-10</v>
       </c>
       <c r="F9">
         <v>47</v>
       </c>
       <c r="G9">
         <v>296184</v>
       </c>
       <c r="H9" t="str">
         <v>pgala12</v>
@@ -1209,50 +1218,53 @@
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>4</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>2</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>2</v>
       </c>
       <c r="AB9">
         <v>2</v>
       </c>
+      <c r="AC9" t="str">
+        <v>28</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>ADV</v>
       </c>
       <c r="B10" t="str">
         <v>T3</v>
       </c>
       <c r="C10">
         <v>3</v>
       </c>
       <c r="D10" t="str">
         <v>Daniel Misciagno</v>
       </c>
       <c r="E10">
         <v>-9</v>
       </c>
       <c r="F10">
         <v>48</v>
       </c>
       <c r="G10">
         <v>274671</v>
       </c>
       <c r="H10" t="str">
         <v>dnotattoos</v>
@@ -1295,50 +1307,53 @@
       </c>
       <c r="U10">
         <v>2</v>
       </c>
       <c r="V10">
         <v>4</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
         <v>2</v>
       </c>
       <c r="Y10">
         <v>2</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
         <v>2</v>
       </c>
+      <c r="AC10" t="str">
+        <v>3</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>ADV</v>
       </c>
       <c r="B11" t="str">
         <v>T3</v>
       </c>
       <c r="C11">
         <v>3</v>
       </c>
       <c r="D11" t="str">
         <v>Zach Karls</v>
       </c>
       <c r="E11">
         <v>-9</v>
       </c>
       <c r="F11">
         <v>48</v>
       </c>
       <c r="G11">
         <v>297336</v>
       </c>
       <c r="H11" t="str">
         <v>scootdaddy</v>
@@ -1381,50 +1396,53 @@
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
         <v>2</v>
       </c>
       <c r="Y11">
         <v>2</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
+      <c r="AC11" t="str">
+        <v>3</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>ADV</v>
       </c>
       <c r="B12" t="str">
         <v>T3</v>
       </c>
       <c r="C12">
         <v>3</v>
       </c>
       <c r="D12" t="str">
         <v>Chad Vander Zanden</v>
       </c>
       <c r="E12">
         <v>-9</v>
       </c>
       <c r="F12">
         <v>48</v>
       </c>
       <c r="G12">
         <v>298184</v>
       </c>
       <c r="H12" t="str">
         <v>bigcountry11</v>
@@ -1466,50 +1484,53 @@
         <v>3</v>
       </c>
       <c r="U12">
         <v>2</v>
       </c>
       <c r="V12">
         <v>4</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
         <v>2</v>
       </c>
       <c r="Y12">
         <v>2</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>2</v>
       </c>
       <c r="AB12">
         <v>2</v>
+      </c>
+      <c r="AC12" t="str">
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>ADV</v>
       </c>
       <c r="B13" t="str">
         <v>T6</v>
       </c>
       <c r="C13">
         <v>6</v>
       </c>
       <c r="D13" t="str">
         <v>Anthony cervantes</v>
       </c>
       <c r="E13">
         <v>-8</v>
       </c>
       <c r="F13">
         <v>49</v>
       </c>
       <c r="G13">
         <v>206866</v>
       </c>
       <c r="H13" t="str">