--- v0 (2026-01-12)
+++ v1 (2026-01-12)
@@ -526,51 +526,51 @@
       </c>
       <c r="L2">
         <v>40</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Team leftys</v>
       </c>
       <c r="E3">
         <v>-36</v>
       </c>
       <c r="F3">
         <v>92</v>
       </c>
       <c r="H3" t="str">
-        <v>sidewinder69,brainhurts</v>
+        <v>brainhurts,sidewinder69</v>
       </c>
       <c r="I3">
         <v>-20</v>
       </c>
       <c r="J3">
         <v>-16</v>
       </c>
       <c r="K3">
         <v>44</v>
       </c>
       <c r="L3">
         <v>48</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
@@ -806,121 +806,121 @@
       </c>
       <c r="L10">
         <v>53</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Throwing Rocs</v>
       </c>
       <c r="E11">
         <v>-22</v>
       </c>
       <c r="F11">
         <v>106</v>
       </c>
       <c r="H11" t="str">
-        <v>grumpydisc,kps2747</v>
+        <v>kps2747,grumpydisc</v>
       </c>
       <c r="I11">
         <v>-12</v>
       </c>
       <c r="J11">
         <v>-10</v>
       </c>
       <c r="K11">
         <v>52</v>
       </c>
       <c r="L11">
         <v>54</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T10</v>
       </c>
       <c r="C12">
         <v>10</v>
       </c>
       <c r="D12" t="str">
         <v>Lumberjacks</v>
       </c>
       <c r="E12">
         <v>-22</v>
       </c>
       <c r="F12">
         <v>106</v>
       </c>
       <c r="H12" t="str">
-        <v>redryder242,eljayplaysdg</v>
+        <v>eljayplaysdg,redryder242</v>
       </c>
       <c r="I12">
         <v>-13</v>
       </c>
       <c r="J12">
         <v>-9</v>
       </c>
       <c r="K12">
         <v>51</v>
       </c>
       <c r="L12">
         <v>55</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Cam &amp; Zach</v>
       </c>
       <c r="E13">
         <v>-21</v>
       </c>
       <c r="F13">
         <v>107</v>
       </c>
       <c r="H13" t="str">
-        <v>camski,vadisc</v>
+        <v>vadisc,camski</v>
       </c>
       <c r="I13">
         <v>-9</v>
       </c>
       <c r="J13">
         <v>-12</v>
       </c>
       <c r="K13">
         <v>55</v>
       </c>
       <c r="L13">
         <v>52</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T12</v>
       </c>
       <c r="C14">
         <v>12</v>
       </c>
       <c r="D14" t="str">
@@ -981,51 +981,51 @@
       </c>
       <c r="L15">
         <v>54</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v xml:space="preserve">Gap Hitters </v>
       </c>
       <c r="E16">
         <v>-17</v>
       </c>
       <c r="F16">
         <v>111</v>
       </c>
       <c r="H16" t="str">
-        <v>slowdown,tom2025</v>
+        <v>tom2025,slowdown</v>
       </c>
       <c r="I16">
         <v>-8</v>
       </c>
       <c r="J16">
         <v>-9</v>
       </c>
       <c r="K16">
         <v>56</v>
       </c>
       <c r="L16">
         <v>55</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T15</v>
       </c>
       <c r="C17">
         <v>15</v>
       </c>
       <c r="D17" t="str">
@@ -1086,121 +1086,121 @@
       </c>
       <c r="L18">
         <v>54</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>Team1</v>
       </c>
       <c r="E19">
         <v>-15</v>
       </c>
       <c r="F19">
         <v>113</v>
       </c>
       <c r="H19" t="str">
-        <v>memery,zcohen</v>
+        <v>zcohen,memery</v>
       </c>
       <c r="I19">
         <v>-9</v>
       </c>
       <c r="J19">
         <v>-6</v>
       </c>
       <c r="K19">
         <v>55</v>
       </c>
       <c r="L19">
         <v>58</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>T19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>Par-tners in crime</v>
       </c>
       <c r="E20">
         <v>-14</v>
       </c>
       <c r="F20">
         <v>114</v>
       </c>
       <c r="H20" t="str">
-        <v>spunkythunk,discomatto</v>
+        <v>discomatto,spunkythunk</v>
       </c>
       <c r="I20">
         <v>-7</v>
       </c>
       <c r="J20">
         <v>-7</v>
       </c>
       <c r="K20">
         <v>57</v>
       </c>
       <c r="L20">
         <v>57</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>T19</v>
       </c>
       <c r="C21">
         <v>19</v>
       </c>
       <c r="D21" t="str">
         <v>Tree Hitters</v>
       </c>
       <c r="E21">
         <v>-14</v>
       </c>
       <c r="F21">
         <v>114</v>
       </c>
       <c r="H21" t="str">
-        <v>bigbadwolf78,dwtwine</v>
+        <v>dwtwine,bigbadwolf78</v>
       </c>
       <c r="I21">
         <v>-8</v>
       </c>
       <c r="J21">
         <v>-6</v>
       </c>
       <c r="K21">
         <v>56</v>
       </c>
       <c r="L21">
         <v>58</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
@@ -1261,51 +1261,51 @@
       </c>
       <c r="L23">
         <v>56</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>T21</v>
       </c>
       <c r="C24">
         <v>21</v>
       </c>
       <c r="D24" t="str">
         <v>2 Dudes 1 Disc</v>
       </c>
       <c r="E24">
         <v>-9</v>
       </c>
       <c r="F24">
         <v>119</v>
       </c>
       <c r="H24" t="str">
-        <v>zgamble92,dylanhen21</v>
+        <v>dylanhen21,zgamble92</v>
       </c>
       <c r="I24">
         <v>-5</v>
       </c>
       <c r="J24">
         <v>-4</v>
       </c>
       <c r="K24">
         <v>59</v>
       </c>
       <c r="L24">
         <v>60</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>T21</v>
       </c>
       <c r="C25">
         <v>21</v>
       </c>
       <c r="D25" t="str">
@@ -1331,51 +1331,51 @@
       </c>
       <c r="L25">
         <v>60</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>25</v>
       </c>
       <c r="C26">
         <v>25</v>
       </c>
       <c r="D26" t="str">
         <v xml:space="preserve">Happy hour </v>
       </c>
       <c r="E26">
         <v>-4</v>
       </c>
       <c r="F26">
         <v>124</v>
       </c>
       <c r="H26" t="str">
-        <v>ericxplore,dynamike1263</v>
+        <v>dynamike1263,ericxplore</v>
       </c>
       <c r="I26">
         <v>-2</v>
       </c>
       <c r="J26">
         <v>-2</v>
       </c>
       <c r="K26">
         <v>62</v>
       </c>
       <c r="L26">
         <v>62</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>26</v>
       </c>
       <c r="C27">
         <v>26</v>
       </c>
       <c r="D27" t="str">
@@ -1398,51 +1398,51 @@
       </c>
       <c r="K27">
         <v>68</v>
       </c>
       <c r="L27">
         <v>73</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>DNF</v>
       </c>
       <c r="D28" t="str">
         <v>Flight school</v>
       </c>
       <c r="E28">
         <v>1</v>
       </c>
       <c r="F28">
         <v>65</v>
       </c>
       <c r="H28" t="str">
-        <v>shrededsholder,flanagandonna93</v>
+        <v>flanagandonna93,shrededsholder</v>
       </c>
       <c r="I28">
         <v>1</v>
       </c>
       <c r="J28">
         <v>0</v>
       </c>
       <c r="K28">
         <v>65</v>
       </c>
       <c r="L28">
         <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
         <v>DNF</v>
       </c>
       <c r="D29" t="str">
         <v>Not sure</v>
       </c>
       <c r="E29">
@@ -1678,51 +1678,51 @@
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Team leftys</v>
       </c>
       <c r="E3">
         <v>-20</v>
       </c>
       <c r="F3">
         <v>44</v>
       </c>
       <c r="H3" t="str">
-        <v>sidewinder69,brainhurts</v>
+        <v>brainhurts,sidewinder69</v>
       </c>
       <c r="I3">
         <v>-20</v>
       </c>
       <c r="J3">
         <v>44</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
@@ -2176,51 +2176,51 @@
       </c>
       <c r="AB8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T6</v>
       </c>
       <c r="C9">
         <v>6</v>
       </c>
       <c r="D9" t="str">
         <v>Lumberjacks</v>
       </c>
       <c r="E9">
         <v>-13</v>
       </c>
       <c r="F9">
         <v>51</v>
       </c>
       <c r="H9" t="str">
-        <v>redryder242,eljayplaysdg</v>
+        <v>eljayplaysdg,redryder242</v>
       </c>
       <c r="I9">
         <v>-13</v>
       </c>
       <c r="J9">
         <v>51</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
@@ -2425,51 +2425,51 @@
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T9</v>
       </c>
       <c r="C12">
         <v>9</v>
       </c>
       <c r="D12" t="str">
         <v>Throwing Rocs</v>
       </c>
       <c r="E12">
         <v>-12</v>
       </c>
       <c r="F12">
         <v>52</v>
       </c>
       <c r="H12" t="str">
-        <v>grumpydisc,kps2747</v>
+        <v>kps2747,grumpydisc</v>
       </c>
       <c r="I12">
         <v>-12</v>
       </c>
       <c r="J12">
         <v>52</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
       <c r="L12">
         <v>2</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>4</v>
       </c>
@@ -2674,51 +2674,51 @@
       </c>
       <c r="AB14">
         <v>5</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Cam &amp; Zach</v>
       </c>
       <c r="E15">
         <v>-9</v>
       </c>
       <c r="F15">
         <v>55</v>
       </c>
       <c r="H15" t="str">
-        <v>camski,vadisc</v>
+        <v>vadisc,camski</v>
       </c>
       <c r="I15">
         <v>-9</v>
       </c>
       <c r="J15">
         <v>55</v>
       </c>
       <c r="K15">
         <v>2</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>5</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>4</v>
       </c>
@@ -2840,51 +2840,51 @@
       </c>
       <c r="AB16">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>T14</v>
       </c>
       <c r="C17">
         <v>14</v>
       </c>
       <c r="D17" t="str">
         <v>Team1</v>
       </c>
       <c r="E17">
         <v>-9</v>
       </c>
       <c r="F17">
         <v>55</v>
       </c>
       <c r="H17" t="str">
-        <v>memery,zcohen</v>
+        <v>zcohen,memery</v>
       </c>
       <c r="I17">
         <v>-9</v>
       </c>
       <c r="J17">
         <v>55</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>2</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>2</v>
       </c>
       <c r="P17">
         <v>4</v>
       </c>
@@ -2923,51 +2923,51 @@
       </c>
       <c r="AB17">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>T17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
         <v xml:space="preserve">Gap Hitters </v>
       </c>
       <c r="E18">
         <v>-8</v>
       </c>
       <c r="F18">
         <v>56</v>
       </c>
       <c r="H18" t="str">
-        <v>slowdown,tom2025</v>
+        <v>tom2025,slowdown</v>
       </c>
       <c r="I18">
         <v>-8</v>
       </c>
       <c r="J18">
         <v>56</v>
       </c>
       <c r="K18">
         <v>2</v>
       </c>
       <c r="L18">
         <v>2</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>5</v>
       </c>
@@ -3006,51 +3006,51 @@
       </c>
       <c r="AB18">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T17</v>
       </c>
       <c r="C19">
         <v>17</v>
       </c>
       <c r="D19" t="str">
         <v>Tree Hitters</v>
       </c>
       <c r="E19">
         <v>-8</v>
       </c>
       <c r="F19">
         <v>56</v>
       </c>
       <c r="H19" t="str">
-        <v>bigbadwolf78,dwtwine</v>
+        <v>dwtwine,bigbadwolf78</v>
       </c>
       <c r="I19">
         <v>-8</v>
       </c>
       <c r="J19">
         <v>56</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>2</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>4</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">
         <v>5</v>
       </c>
@@ -3089,51 +3089,51 @@
       </c>
       <c r="AB19">
         <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>Par-tners in crime</v>
       </c>
       <c r="E20">
         <v>-7</v>
       </c>
       <c r="F20">
         <v>57</v>
       </c>
       <c r="H20" t="str">
-        <v>spunkythunk,discomatto</v>
+        <v>discomatto,spunkythunk</v>
       </c>
       <c r="I20">
         <v>-7</v>
       </c>
       <c r="J20">
         <v>57</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>4</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>4</v>
       </c>
@@ -3255,51 +3255,51 @@
       </c>
       <c r="AB21">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
         <v>2 Dudes 1 Disc</v>
       </c>
       <c r="E22">
         <v>-5</v>
       </c>
       <c r="F22">
         <v>59</v>
       </c>
       <c r="H22" t="str">
-        <v>zgamble92,dylanhen21</v>
+        <v>dylanhen21,zgamble92</v>
       </c>
       <c r="I22">
         <v>-5</v>
       </c>
       <c r="J22">
         <v>59</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
         <v>4</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>2</v>
       </c>
       <c r="P22">
         <v>4</v>
       </c>
@@ -3421,51 +3421,51 @@
       </c>
       <c r="AB23">
         <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>23</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="str">
         <v xml:space="preserve">Happy hour </v>
       </c>
       <c r="E24">
         <v>-2</v>
       </c>
       <c r="F24">
         <v>62</v>
       </c>
       <c r="H24" t="str">
-        <v>ericxplore,dynamike1263</v>
+        <v>dynamike1263,ericxplore</v>
       </c>
       <c r="I24">
         <v>-2</v>
       </c>
       <c r="J24">
         <v>62</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
         <v>5</v>
       </c>
@@ -3670,51 +3670,51 @@
       </c>
       <c r="AB26">
         <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>26</v>
       </c>
       <c r="C27">
         <v>26</v>
       </c>
       <c r="D27" t="str">
         <v>Flight school</v>
       </c>
       <c r="E27">
         <v>1</v>
       </c>
       <c r="F27">
         <v>65</v>
       </c>
       <c r="H27" t="str">
-        <v>shrededsholder,flanagandonna93</v>
+        <v>flanagandonna93,shrededsholder</v>
       </c>
       <c r="I27">
         <v>1</v>
       </c>
       <c r="J27">
         <v>65</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
         <v>4</v>
       </c>
       <c r="M27">
         <v>4</v>
       </c>
       <c r="N27">
         <v>2</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
         <v>5</v>
       </c>
@@ -4075,51 +4075,51 @@
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Team leftys</v>
       </c>
       <c r="E3">
         <v>-36</v>
       </c>
       <c r="F3">
         <v>92</v>
       </c>
       <c r="H3" t="str">
-        <v>sidewinder69,brainhurts</v>
+        <v>brainhurts,sidewinder69</v>
       </c>
       <c r="I3">
         <v>-16</v>
       </c>
       <c r="J3">
         <v>48</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>4</v>
       </c>
@@ -4739,51 +4739,51 @@
       </c>
       <c r="AB10">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Throwing Rocs</v>
       </c>
       <c r="E11">
         <v>-22</v>
       </c>
       <c r="F11">
         <v>106</v>
       </c>
       <c r="H11" t="str">
-        <v>grumpydisc,kps2747</v>
+        <v>kps2747,grumpydisc</v>
       </c>
       <c r="I11">
         <v>-10</v>
       </c>
       <c r="J11">
         <v>54</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>2</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>
@@ -4822,51 +4822,51 @@
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T10</v>
       </c>
       <c r="C12">
         <v>10</v>
       </c>
       <c r="D12" t="str">
         <v>Lumberjacks</v>
       </c>
       <c r="E12">
         <v>-22</v>
       </c>
       <c r="F12">
         <v>106</v>
       </c>
       <c r="H12" t="str">
-        <v>redryder242,eljayplaysdg</v>
+        <v>eljayplaysdg,redryder242</v>
       </c>
       <c r="I12">
         <v>-9</v>
       </c>
       <c r="J12">
         <v>55</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
@@ -4905,51 +4905,51 @@
       </c>
       <c r="AB12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Cam &amp; Zach</v>
       </c>
       <c r="E13">
         <v>-21</v>
       </c>
       <c r="F13">
         <v>107</v>
       </c>
       <c r="H13" t="str">
-        <v>camski,vadisc</v>
+        <v>vadisc,camski</v>
       </c>
       <c r="I13">
         <v>-12</v>
       </c>
       <c r="J13">
         <v>52</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>2</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>2</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
@@ -5154,51 +5154,51 @@
       </c>
       <c r="AB15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v xml:space="preserve">Gap Hitters </v>
       </c>
       <c r="E16">
         <v>-17</v>
       </c>
       <c r="F16">
         <v>111</v>
       </c>
       <c r="H16" t="str">
-        <v>slowdown,tom2025</v>
+        <v>tom2025,slowdown</v>
       </c>
       <c r="I16">
         <v>-9</v>
       </c>
       <c r="J16">
         <v>55</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>2</v>
       </c>
       <c r="M16">
         <v>4</v>
       </c>
       <c r="N16">
         <v>2</v>
       </c>
       <c r="O16">
         <v>2</v>
       </c>
       <c r="P16">
         <v>5</v>
       </c>
@@ -5403,51 +5403,51 @@
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>Team1</v>
       </c>
       <c r="E19">
         <v>-15</v>
       </c>
       <c r="F19">
         <v>113</v>
       </c>
       <c r="H19" t="str">
-        <v>memery,zcohen</v>
+        <v>zcohen,memery</v>
       </c>
       <c r="I19">
         <v>-6</v>
       </c>
       <c r="J19">
         <v>58</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>4</v>
       </c>
@@ -5486,51 +5486,51 @@
       </c>
       <c r="AB19">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>T19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>Par-tners in crime</v>
       </c>
       <c r="E20">
         <v>-14</v>
       </c>
       <c r="F20">
         <v>114</v>
       </c>
       <c r="H20" t="str">
-        <v>spunkythunk,discomatto</v>
+        <v>discomatto,spunkythunk</v>
       </c>
       <c r="I20">
         <v>-7</v>
       </c>
       <c r="J20">
         <v>57</v>
       </c>
       <c r="K20">
         <v>2</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>4</v>
       </c>
@@ -5569,51 +5569,51 @@
       </c>
       <c r="AB20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>T19</v>
       </c>
       <c r="C21">
         <v>19</v>
       </c>
       <c r="D21" t="str">
         <v>Tree Hitters</v>
       </c>
       <c r="E21">
         <v>-14</v>
       </c>
       <c r="F21">
         <v>114</v>
       </c>
       <c r="H21" t="str">
-        <v>bigbadwolf78,dwtwine</v>
+        <v>dwtwine,bigbadwolf78</v>
       </c>
       <c r="I21">
         <v>-6</v>
       </c>
       <c r="J21">
         <v>58</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>4</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>2</v>
       </c>
       <c r="P21">
         <v>5</v>
       </c>
@@ -5818,51 +5818,51 @@
       </c>
       <c r="AB23">
         <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>T21</v>
       </c>
       <c r="C24">
         <v>21</v>
       </c>
       <c r="D24" t="str">
         <v>2 Dudes 1 Disc</v>
       </c>
       <c r="E24">
         <v>-9</v>
       </c>
       <c r="F24">
         <v>119</v>
       </c>
       <c r="H24" t="str">
-        <v>zgamble92,dylanhen21</v>
+        <v>dylanhen21,zgamble92</v>
       </c>
       <c r="I24">
         <v>-4</v>
       </c>
       <c r="J24">
         <v>60</v>
       </c>
       <c r="K24">
         <v>3</v>
       </c>
       <c r="L24">
         <v>4</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>2</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
         <v>5</v>
       </c>
@@ -5984,51 +5984,51 @@
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>25</v>
       </c>
       <c r="C26">
         <v>25</v>
       </c>
       <c r="D26" t="str">
         <v xml:space="preserve">Happy hour </v>
       </c>
       <c r="E26">
         <v>-4</v>
       </c>
       <c r="F26">
         <v>124</v>
       </c>
       <c r="H26" t="str">
-        <v>ericxplore,dynamike1263</v>
+        <v>dynamike1263,ericxplore</v>
       </c>
       <c r="I26">
         <v>-2</v>
       </c>
       <c r="J26">
         <v>62</v>
       </c>
       <c r="K26">
         <v>3</v>
       </c>
       <c r="L26">
         <v>4</v>
       </c>
       <c r="M26">
         <v>4</v>
       </c>
       <c r="N26">
         <v>4</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
         <v>5</v>
       </c>
@@ -6147,51 +6147,51 @@
       </c>
       <c r="AA27">
         <v>5</v>
       </c>
       <c r="AB27">
         <v>6</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>DNF</v>
       </c>
       <c r="D28" t="str">
         <v>Flight school</v>
       </c>
       <c r="E28">
         <v>1</v>
       </c>
       <c r="F28">
         <v>65</v>
       </c>
       <c r="H28" t="str">
-        <v>shrededsholder,flanagandonna93</v>
+        <v>flanagandonna93,shrededsholder</v>
       </c>
       <c r="I28">
         <v>0</v>
       </c>
       <c r="J28">
         <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
         <v>DNF</v>
       </c>
       <c r="D29" t="str">
         <v>Not sure</v>
       </c>
       <c r="E29">
         <v>0</v>
       </c>
       <c r="F29">
         <v>0</v>
       </c>
       <c r="H29" t="str">