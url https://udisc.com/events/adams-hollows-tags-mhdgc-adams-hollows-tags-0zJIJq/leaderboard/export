--- v0 (2025-10-19)
+++ v1 (2026-03-28)
@@ -1312,50 +1312,53 @@
         <v>2</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
         <v>Jesus Santillano</v>
       </c>
       <c r="E11">
         <v>-5</v>
       </c>
       <c r="F11">
         <v>52</v>
       </c>
+      <c r="G11">
+        <v>316368</v>
+      </c>
       <c r="H11" t="str">
         <v>santillano33</v>
       </c>
       <c r="I11">
         <v>-5</v>
       </c>
       <c r="J11">
         <v>52</v>
       </c>
       <c r="K11">
         <v>2</v>
       </c>
       <c r="L11">
         <v>2</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">