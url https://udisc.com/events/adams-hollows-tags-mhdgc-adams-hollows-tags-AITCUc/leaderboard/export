--- v0 (2025-10-19)
+++ v1 (2026-03-28)
@@ -1218,449 +1218,452 @@
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>4</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
-        <v>Carlos Jr</v>
+        <v>Jesus Santillano</v>
       </c>
       <c r="E10">
         <v>1</v>
       </c>
       <c r="F10">
         <v>58</v>
       </c>
+      <c r="G10">
+        <v>316368</v>
+      </c>
       <c r="H10" t="str">
-        <v>carlosjr8</v>
+        <v>santillano33</v>
       </c>
       <c r="I10">
         <v>1</v>
       </c>
       <c r="J10">
         <v>58</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>4</v>
       </c>
       <c r="M10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>4</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T8</v>
       </c>
       <c r="C11">
         <v>8</v>
       </c>
       <c r="D11" t="str">
-        <v>Carlos moreno</v>
+        <v>Carlos Jr</v>
       </c>
       <c r="E11">
         <v>1</v>
       </c>
       <c r="F11">
         <v>58</v>
       </c>
       <c r="H11" t="str">
-        <v>carlosm</v>
+        <v>carlosjr8</v>
       </c>
       <c r="I11">
         <v>1</v>
       </c>
       <c r="J11">
         <v>58</v>
       </c>
       <c r="K11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z11">
         <v>4</v>
       </c>
       <c r="AA11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T8</v>
       </c>
       <c r="C12">
         <v>8</v>
       </c>
       <c r="D12" t="str">
-        <v>Jackson Maurer</v>
+        <v>Carlos moreno</v>
       </c>
       <c r="E12">
         <v>1</v>
       </c>
       <c r="F12">
         <v>58</v>
       </c>
       <c r="H12" t="str">
-        <v>jacksonmaurer</v>
+        <v>carlosm</v>
       </c>
       <c r="I12">
         <v>1</v>
       </c>
       <c r="J12">
         <v>58</v>
       </c>
       <c r="K12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>2</v>
       </c>
       <c r="R12">
         <v>4</v>
       </c>
       <c r="S12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U12">
         <v>3</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA12">
         <v>4</v>
       </c>
       <c r="AB12">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T8</v>
       </c>
       <c r="C13">
         <v>8</v>
       </c>
       <c r="D13" t="str">
-        <v>JasonD</v>
+        <v>Jackson Maurer</v>
       </c>
       <c r="E13">
         <v>1</v>
       </c>
       <c r="F13">
         <v>58</v>
       </c>
       <c r="H13" t="str">
-        <v>jdetmers</v>
+        <v>jacksonmaurer</v>
       </c>
       <c r="I13">
         <v>1</v>
       </c>
       <c r="J13">
         <v>58</v>
       </c>
       <c r="K13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q13">
         <v>2</v>
       </c>
       <c r="R13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X13">
         <v>3</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB13">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T8</v>
       </c>
       <c r="C14">
         <v>8</v>
       </c>
       <c r="D14" t="str">
-        <v>Jesus Santillano</v>
+        <v>JasonD</v>
       </c>
       <c r="E14">
         <v>1</v>
       </c>
       <c r="F14">
         <v>58</v>
       </c>
       <c r="H14" t="str">
-        <v>santillano33</v>
+        <v>jdetmers</v>
       </c>
       <c r="I14">
         <v>1</v>
       </c>
       <c r="J14">
         <v>58</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W14">
         <v>4</v>
       </c>
       <c r="X14">
         <v>3</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Saul moreno</v>
       </c>
       <c r="E15">
         <v>2</v>
       </c>
       <c r="F15">
         <v>59</v>
       </c>
       <c r="H15" t="str">