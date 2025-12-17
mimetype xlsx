--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -791,2139 +791,2136 @@
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>2</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>4</v>
+        <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Joel</v>
+        <v>Carson Kinard</v>
       </c>
       <c r="E5">
-        <v>-8</v>
+        <v>-6</v>
       </c>
       <c r="F5">
-        <v>39</v>
+        <v>51</v>
+      </c>
+      <c r="G5">
+        <v>31480</v>
       </c>
       <c r="H5" t="str">
-        <v>jpmountainman</v>
+        <v>stitches</v>
       </c>
       <c r="I5">
-        <v>-8</v>
+        <v>-6</v>
       </c>
       <c r="J5">
-        <v>39</v>
+        <v>51</v>
+      </c>
+      <c r="K5">
+        <v>3</v>
+      </c>
+      <c r="L5">
+        <v>3</v>
+      </c>
+      <c r="M5">
+        <v>3</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y5">
         <v>2</v>
       </c>
       <c r="Z5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>T5</v>
+        <v>T4</v>
       </c>
       <c r="C6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Carson Kinard</v>
+        <v>Curtis Hake</v>
       </c>
       <c r="E6">
         <v>-6</v>
       </c>
       <c r="F6">
         <v>51</v>
       </c>
-      <c r="G6">
-[...1 lines deleted...]
-      </c>
       <c r="H6" t="str">
-        <v>stitches</v>
+        <v>cmhake</v>
       </c>
       <c r="I6">
         <v>-6</v>
       </c>
       <c r="J6">
         <v>51</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>T5</v>
+        <v>T6</v>
       </c>
       <c r="C7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Curtis Hake</v>
+        <v>Trent Schilling</v>
       </c>
       <c r="E7">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="F7">
-        <v>51</v>
+        <v>52</v>
+      </c>
+      <c r="G7">
+        <v>119695</v>
       </c>
       <c r="H7" t="str">
-        <v>cmhake</v>
+        <v>trentonimusrex</v>
       </c>
       <c r="I7">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="J7">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z7">
         <v>4</v>
       </c>
       <c r="AA7">
         <v>2</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T7</v>
+        <v>T6</v>
       </c>
       <c r="C8">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D8" t="str">
-        <v>Trent Schilling</v>
+        <v xml:space="preserve">Brent Goldensoph </v>
       </c>
       <c r="E8">
         <v>-5</v>
       </c>
       <c r="F8">
         <v>52</v>
       </c>
       <c r="G8">
-        <v>119695</v>
+        <v>166343</v>
       </c>
       <c r="H8" t="str">
-        <v>trentonimusrex</v>
+        <v>brentgold40</v>
       </c>
       <c r="I8">
         <v>-5</v>
       </c>
       <c r="J8">
         <v>52</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>2</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>4</v>
       </c>
       <c r="V8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB8">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
-        <v>T7</v>
+        <v>T6</v>
       </c>
       <c r="C9">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D9" t="str">
-        <v xml:space="preserve">Brent Goldensoph </v>
+        <v>Aleczander Ulibarri</v>
       </c>
       <c r="E9">
         <v>-5</v>
       </c>
       <c r="F9">
         <v>52</v>
       </c>
-      <c r="G9">
-[...1 lines deleted...]
-      </c>
       <c r="H9" t="str">
-        <v>brentgold40</v>
+        <v>unibrwshvr</v>
       </c>
       <c r="I9">
         <v>-5</v>
       </c>
       <c r="J9">
         <v>52</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>2</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>2</v>
       </c>
       <c r="Y9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB9">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
-        <v>T7</v>
+        <v>T6</v>
       </c>
       <c r="C10">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D10" t="str">
-        <v>Aleczander Ulibarri</v>
+        <v>Jesus Santillano</v>
       </c>
       <c r="E10">
         <v>-5</v>
       </c>
       <c r="F10">
         <v>52</v>
       </c>
       <c r="H10" t="str">
-        <v>unibrwshvr</v>
+        <v>santillano33</v>
       </c>
       <c r="I10">
         <v>-5</v>
       </c>
       <c r="J10">
         <v>52</v>
       </c>
       <c r="K10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>2</v>
       </c>
       <c r="Q10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T10">
         <v>2</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y10">
         <v>2</v>
       </c>
       <c r="Z10">
         <v>4</v>
       </c>
       <c r="AA10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB10">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
-        <v>T7</v>
+        <v>T10</v>
       </c>
       <c r="C11">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Jesus Santillano</v>
+        <v>Jeremy Nichols</v>
       </c>
       <c r="E11">
-        <v>-5</v>
+        <v>-4</v>
       </c>
       <c r="F11">
-        <v>52</v>
+        <v>53</v>
+      </c>
+      <c r="G11">
+        <v>76114</v>
       </c>
       <c r="H11" t="str">
-        <v>santillano33</v>
+        <v>sou1worm</v>
       </c>
       <c r="I11">
-        <v>-5</v>
+        <v>-4</v>
       </c>
       <c r="J11">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K11">
         <v>2</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>2</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
         <v>2</v>
       </c>
       <c r="Z11">
         <v>4</v>
       </c>
       <c r="AA11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
-        <v>T11</v>
+        <v>T10</v>
       </c>
       <c r="C12">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D12" t="str">
-        <v>Jeremy Nichols</v>
+        <v>Curtis G</v>
       </c>
       <c r="E12">
         <v>-4</v>
       </c>
       <c r="F12">
         <v>53</v>
       </c>
-      <c r="G12">
-[...1 lines deleted...]
-      </c>
       <c r="H12" t="str">
-        <v>sou1worm</v>
+        <v>curtis888</v>
       </c>
       <c r="I12">
         <v>-4</v>
       </c>
       <c r="J12">
         <v>53</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S12">
         <v>4</v>
       </c>
       <c r="T12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>T11</v>
+        <v>12</v>
       </c>
       <c r="C13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D13" t="str">
-        <v>Curtis G</v>
+        <v>Jake Keithley</v>
       </c>
       <c r="E13">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="F13">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H13" t="str">
-        <v>curtis888</v>
+        <v>jakebot</v>
       </c>
       <c r="I13">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="J13">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="K13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB13">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Jake Keithley</v>
+        <v>Carlos moreno</v>
       </c>
       <c r="E14">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="F14">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="H14" t="str">
-        <v>jakebot</v>
+        <v>carlosm</v>
       </c>
       <c r="I14">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="J14">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>4</v>
       </c>
       <c r="P14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
         <v>4</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>2</v>
       </c>
       <c r="X14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y14">
         <v>2</v>
       </c>
       <c r="Z14">
         <v>4</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
-        <v>Carlos moreno</v>
+        <v>Vitaly Uretsky</v>
       </c>
       <c r="E15">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="F15">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H15" t="str">
-        <v>carlosm</v>
+        <v>vitaly</v>
       </c>
       <c r="I15">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="J15">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>4</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>
       <c r="P15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
       <c r="U15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W15">
         <v>2</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z15">
         <v>4</v>
       </c>
       <c r="AA15">
         <v>3</v>
       </c>
       <c r="AB15">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
-        <v>15</v>
+        <v>T15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
-        <v>Vitaly Uretsky</v>
+        <v>Alex Funsch</v>
       </c>
       <c r="E16">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F16">
-        <v>56</v>
+        <v>57</v>
+      </c>
+      <c r="G16">
+        <v>165979</v>
       </c>
       <c r="H16" t="str">
-        <v>vitaly</v>
+        <v>funschnation</v>
       </c>
       <c r="I16">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="J16">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P16">
         <v>2</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
         <v>3</v>
       </c>
       <c r="U16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
-        <v>T16</v>
+        <v>T15</v>
       </c>
       <c r="C17">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D17" t="str">
-        <v>Alex Funsch</v>
+        <v>Colin Gaiser</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
         <v>57</v>
       </c>
-      <c r="G17">
-[...1 lines deleted...]
-      </c>
       <c r="H17" t="str">
-        <v>funschnation</v>
+        <v>coling26</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17">
         <v>57</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
         <v>3</v>
       </c>
       <c r="T17">
         <v>3</v>
       </c>
       <c r="U17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
-        <v>T16</v>
+        <v>T17</v>
       </c>
       <c r="C18">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D18" t="str">
-        <v>Colin Gaiser</v>
+        <v>Nicholas Sato</v>
       </c>
       <c r="E18">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F18">
-        <v>57</v>
+        <v>58</v>
+      </c>
+      <c r="G18">
+        <v>135743</v>
       </c>
       <c r="H18" t="str">
-        <v>coling26</v>
+        <v>sicknato</v>
       </c>
       <c r="I18">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J18">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M18">
         <v>3</v>
       </c>
       <c r="N18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O18">
         <v>4</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>3</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
         <v>3</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB18">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
-        <v>T18</v>
+        <v>T17</v>
       </c>
       <c r="C19">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D19" t="str">
-        <v>Nicholas Sato</v>
+        <v>Seth Vigil</v>
       </c>
       <c r="E19">
         <v>1</v>
       </c>
       <c r="F19">
         <v>58</v>
       </c>
       <c r="G19">
-        <v>135743</v>
+        <v>236782</v>
       </c>
       <c r="H19" t="str">
-        <v>sicknato</v>
+        <v>sethvigil</v>
       </c>
       <c r="I19">
         <v>1</v>
       </c>
       <c r="J19">
         <v>58</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
         <v>3</v>
       </c>
       <c r="S19">
         <v>4</v>
       </c>
       <c r="T19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V19">
         <v>3</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
         <v>3</v>
       </c>
       <c r="Y19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB19">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
-        <v>T18</v>
+        <v>T17</v>
       </c>
       <c r="C20">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D20" t="str">
-        <v>Seth Vigil</v>
+        <v>Saul moreno</v>
       </c>
       <c r="E20">
         <v>1</v>
       </c>
       <c r="F20">
         <v>58</v>
       </c>
-      <c r="G20">
-[...1 lines deleted...]
-      </c>
       <c r="H20" t="str">
-        <v>sethvigil</v>
+        <v>saulmoreno1981</v>
       </c>
       <c r="I20">
         <v>1</v>
       </c>
       <c r="J20">
         <v>58</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>
       <c r="U20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V20">
         <v>3</v>
       </c>
       <c r="W20">
         <v>3</v>
       </c>
       <c r="X20">
         <v>3</v>
       </c>
       <c r="Y20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z20">
         <v>4</v>
       </c>
       <c r="AA20">
         <v>3</v>
       </c>
       <c r="AB20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
-        <v>T18</v>
+        <v>20</v>
       </c>
       <c r="C21">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D21" t="str">
-        <v>Saul moreno</v>
+        <v>Bobbie Blagg</v>
       </c>
       <c r="E21">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F21">
-        <v>58</v>
+        <v>59</v>
+      </c>
+      <c r="G21">
+        <v>155212</v>
       </c>
       <c r="H21" t="str">
-        <v>saulmoreno1981</v>
+        <v>bblagg63</v>
       </c>
       <c r="I21">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J21">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>4</v>
       </c>
       <c r="M21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T21">
         <v>3</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
         <v>3</v>
       </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
         <v>3</v>
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
-        <v>21</v>
+        <v>T21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
-        <v>Bobbie Blagg</v>
+        <v>Jacob Handt</v>
       </c>
       <c r="E22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F22">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>155212</v>
+        <v>60</v>
       </c>
       <c r="H22" t="str">
-        <v>bblagg63</v>
+        <v>ropezs</v>
       </c>
       <c r="I22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J22">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R22">
         <v>3</v>
       </c>
       <c r="S22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U22">
         <v>3</v>
       </c>
       <c r="V22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA22">
         <v>3</v>
       </c>
       <c r="AB22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
-        <v>T22</v>
+        <v>T21</v>
       </c>
       <c r="C23">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D23" t="str">
-        <v>Jacob Handt</v>
+        <v>JasonD</v>
       </c>
       <c r="E23">
         <v>3</v>
       </c>
       <c r="F23">
         <v>60</v>
       </c>
       <c r="H23" t="str">
-        <v>ropezs</v>
+        <v>jdetmers</v>
       </c>
       <c r="I23">
         <v>3</v>
       </c>
       <c r="J23">
         <v>60</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>4</v>
       </c>
       <c r="N23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>
       <c r="Q23">
         <v>4</v>
       </c>
       <c r="R23">
         <v>3</v>
       </c>
       <c r="S23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z23">
         <v>4</v>
       </c>
       <c r="AA23">
         <v>3</v>
       </c>
       <c r="AB23">
         <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
-        <v>T22</v>
+        <v>23</v>
       </c>
       <c r="C24">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D24" t="str">
-        <v>JasonD</v>
+        <v>Maximus Grabhorn</v>
       </c>
       <c r="E24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F24">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H24" t="str">
-        <v>jdetmers</v>
+        <v>cabbage0216</v>
       </c>
       <c r="I24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J24">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>
       <c r="Q24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R24">
         <v>3</v>
       </c>
       <c r="S24">
         <v>3</v>
       </c>
       <c r="T24">
         <v>3</v>
       </c>
       <c r="U24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W24">
         <v>3</v>
       </c>
       <c r="X24">
         <v>3</v>
       </c>
       <c r="Y24">
         <v>3</v>
       </c>
       <c r="Z24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA24">
         <v>3</v>
       </c>
       <c r="AB24">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
-        <v>24</v>
+        <v>T24</v>
       </c>
       <c r="C25">
         <v>24</v>
       </c>
       <c r="D25" t="str">
-        <v>Maximus Grabhorn</v>
+        <v>Marco M.</v>
       </c>
       <c r="E25">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F25">
-        <v>61</v>
+        <v>63</v>
+      </c>
+      <c r="G25">
+        <v>169770</v>
       </c>
       <c r="H25" t="str">
-        <v>cabbage0216</v>
+        <v>marco1213</v>
       </c>
       <c r="I25">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J25">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="K25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L25">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>4</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>
       <c r="Q25">
         <v>3</v>
       </c>
       <c r="R25">
         <v>3</v>
       </c>
       <c r="S25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>
       <c r="U25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X25">
         <v>3</v>
       </c>
       <c r="Y25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z25">
         <v>5</v>
       </c>
       <c r="AA25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB25">
         <v>4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
-        <v>T25</v>
+        <v>T24</v>
       </c>
       <c r="C26">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D26" t="str">
-        <v>Marco M.</v>
+        <v xml:space="preserve">Jessica Highstreet </v>
       </c>
       <c r="E26">
         <v>6</v>
       </c>
       <c r="F26">
         <v>63</v>
       </c>
-      <c r="G26">
-[...1 lines deleted...]
-      </c>
       <c r="H26" t="str">
-        <v>marco1213</v>
+        <v>highstreet</v>
       </c>
       <c r="I26">
         <v>6</v>
       </c>
       <c r="J26">
         <v>63</v>
       </c>
       <c r="K26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M26">
         <v>3</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>4</v>
       </c>
       <c r="P26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R26">
         <v>3</v>
       </c>
       <c r="S26">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T26">
         <v>3</v>
       </c>
       <c r="U26">
         <v>4</v>
       </c>
       <c r="V26">
         <v>3</v>
       </c>
       <c r="W26">
         <v>4</v>
       </c>
       <c r="X26">
         <v>3</v>
       </c>
       <c r="Y26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA26">
         <v>4</v>
       </c>
       <c r="AB26">
         <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
-        <v>T25</v>
+        <v>26</v>
       </c>
       <c r="C27">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D27" t="str">
-        <v xml:space="preserve">Jessica Highstreet </v>
+        <v>Darin Smith</v>
       </c>
       <c r="E27">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F27">
-        <v>63</v>
+        <v>64</v>
+      </c>
+      <c r="G27">
+        <v>277345</v>
       </c>
       <c r="H27" t="str">
-        <v>highstreet</v>
+        <v>dagwood</v>
       </c>
       <c r="I27">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J27">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L27">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O27">
         <v>4</v>
       </c>
       <c r="P27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q27">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R27">
         <v>3</v>
       </c>
       <c r="S27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T27">
         <v>3</v>
       </c>
       <c r="U27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V27">
         <v>3</v>
       </c>
       <c r="W27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y27">
         <v>3</v>
       </c>
       <c r="Z27">
         <v>4</v>
       </c>
       <c r="AA27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB27">
         <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>27</v>
       </c>
       <c r="C28">
         <v>27</v>
       </c>
       <c r="D28" t="str">
-        <v>Darin Smith</v>
+        <v>Carlos Jr</v>
       </c>
       <c r="E28">
-        <v>7</v>
+        <v>28</v>
       </c>
       <c r="F28">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>277345</v>
+        <v>85</v>
       </c>
       <c r="H28" t="str">
-        <v>dagwood</v>
+        <v>carlosjr8</v>
       </c>
       <c r="I28">
-        <v>7</v>
+        <v>28</v>
       </c>
       <c r="J28">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="K28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L28">
+        <v>6</v>
+      </c>
+      <c r="M28">
         <v>5</v>
       </c>
-      <c r="M28">
-[...1 lines deleted...]
-      </c>
       <c r="N28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O28">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P28">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q28">
+        <v>4</v>
+      </c>
+      <c r="R28">
+        <v>4</v>
+      </c>
+      <c r="S28">
+        <v>4</v>
+      </c>
+      <c r="T28">
+        <v>4</v>
+      </c>
+      <c r="U28">
+        <v>4</v>
+      </c>
+      <c r="V28">
         <v>5</v>
       </c>
-      <c r="R28">
-[...13 lines deleted...]
-      </c>
       <c r="W28">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X28">
         <v>4</v>
       </c>
       <c r="Y28">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB28">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>DNF</v>
       </c>
       <c r="D29" t="str">
-        <v>Carlos Jr</v>
+        <v>Joel</v>
       </c>
       <c r="E29">
-        <v>28</v>
+        <v>-8</v>
       </c>
       <c r="F29">
-        <v>85</v>
+        <v>39</v>
       </c>
       <c r="H29" t="str">
-        <v>carlosjr8</v>
+        <v>jpmountainman</v>
       </c>
       <c r="I29">
-        <v>28</v>
+        <v>-8</v>
       </c>
       <c r="J29">
-        <v>85</v>
-[...8 lines deleted...]
-        <v>5</v>
+        <v>39</v>
       </c>
       <c r="N29">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="O29">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="P29">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Q29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R29">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V29">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="W29">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X29">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y29">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Z29">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA29">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB29">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB29"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>