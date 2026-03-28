--- v1 (2025-12-17)
+++ v2 (2026-03-28)
@@ -1138,203 +1138,206 @@
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T6</v>
       </c>
       <c r="C9">
         <v>6</v>
       </c>
       <c r="D9" t="str">
-        <v>Aleczander Ulibarri</v>
+        <v>Jesus Santillano</v>
       </c>
       <c r="E9">
         <v>-5</v>
       </c>
       <c r="F9">
         <v>52</v>
       </c>
+      <c r="G9">
+        <v>316368</v>
+      </c>
       <c r="H9" t="str">
-        <v>unibrwshvr</v>
+        <v>santillano33</v>
       </c>
       <c r="I9">
         <v>-5</v>
       </c>
       <c r="J9">
         <v>52</v>
       </c>
       <c r="K9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>2</v>
       </c>
       <c r="Q9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T9">
         <v>2</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y9">
         <v>2</v>
       </c>
       <c r="Z9">
         <v>4</v>
       </c>
       <c r="AA9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB9">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T6</v>
       </c>
       <c r="C10">
         <v>6</v>
       </c>
       <c r="D10" t="str">
-        <v>Jesus Santillano</v>
+        <v>Aleczander Ulibarri</v>
       </c>
       <c r="E10">
         <v>-5</v>
       </c>
       <c r="F10">
         <v>52</v>
       </c>
       <c r="H10" t="str">
-        <v>santillano33</v>
+        <v>unibrwshvr</v>
       </c>
       <c r="I10">
         <v>-5</v>
       </c>
       <c r="J10">
         <v>52</v>
       </c>
       <c r="K10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>2</v>
       </c>
       <c r="Q10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T10">
         <v>2</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y10">
         <v>2</v>
       </c>
       <c r="Z10">
         <v>4</v>
       </c>
       <c r="AA10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB10">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Jeremy Nichols</v>
       </c>
       <c r="E11">
         <v>-4</v>
       </c>
       <c r="F11">
         <v>53</v>
       </c>
       <c r="G11">
         <v>76114</v>
       </c>
       <c r="H11" t="str">