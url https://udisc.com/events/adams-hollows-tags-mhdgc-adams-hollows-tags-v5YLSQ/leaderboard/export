--- v0 (2025-10-20)
+++ v1 (2026-03-28)
@@ -1540,50 +1540,53 @@
       </c>
       <c r="C12">
         <v>-2</v>
       </c>
       <c r="D12">
         <v>3</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
         <v>T3</v>
       </c>
       <c r="G12">
         <v>3</v>
       </c>
       <c r="H12" t="str">
         <v>Jesus Santillano</v>
       </c>
       <c r="I12">
         <v>-5</v>
       </c>
       <c r="J12">
         <v>52</v>
       </c>
+      <c r="K12">
+        <v>316368</v>
+      </c>
       <c r="L12" t="str">
         <v>santillano33</v>
       </c>
       <c r="M12">
         <v>-5</v>
       </c>
       <c r="N12">
         <v>52</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">