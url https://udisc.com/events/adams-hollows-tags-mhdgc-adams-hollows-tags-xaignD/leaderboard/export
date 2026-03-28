--- v0 (2025-10-19)
+++ v1 (2026-03-28)
@@ -2018,50 +2018,53 @@
       </c>
       <c r="C17">
         <v>8</v>
       </c>
       <c r="D17">
         <v>3</v>
       </c>
       <c r="E17" t="str">
         <v>GEN</v>
       </c>
       <c r="F17" t="str">
         <v>13</v>
       </c>
       <c r="G17">
         <v>13</v>
       </c>
       <c r="H17" t="str">
         <v>Jesus Santillano</v>
       </c>
       <c r="I17">
         <v>5</v>
       </c>
       <c r="J17">
         <v>62</v>
       </c>
+      <c r="K17">
+        <v>316368</v>
+      </c>
       <c r="L17" t="str">
         <v>santillano33</v>
       </c>
       <c r="M17">
         <v>5</v>
       </c>
       <c r="N17">
         <v>62</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
       <c r="Q17">
         <v>4</v>
       </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
         <v>4</v>
       </c>
       <c r="T17">