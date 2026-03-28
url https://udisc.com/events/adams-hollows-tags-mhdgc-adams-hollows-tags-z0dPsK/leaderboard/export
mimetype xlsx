--- v0 (2025-10-19)
+++ v1 (2026-03-28)
@@ -582,51 +582,51 @@
       <c r="D2">
         <v>6</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
         <v>1</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2" t="str">
         <v>Anthony Bodanza</v>
       </c>
       <c r="I2">
         <v>-9</v>
       </c>
       <c r="J2">
         <v>48</v>
       </c>
       <c r="K2">
         <v>210763</v>
       </c>
       <c r="L2" t="str">
-        <v>anthonybodanza</v>
+        <v>bodanza</v>
       </c>
       <c r="M2">
         <v>-9</v>
       </c>
       <c r="N2">
         <v>48</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>2</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>