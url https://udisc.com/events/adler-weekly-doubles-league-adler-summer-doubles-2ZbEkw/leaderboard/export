--- v0 (2025-10-08)
+++ v1 (2026-03-30)
@@ -562,51 +562,51 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Andrew Nilsen &amp; Jesus Nunez</v>
       </c>
       <c r="F2">
         <v>-13</v>
       </c>
       <c r="G2">
         <v>41</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="J2" t="str">
-        <v>andrewcnilsen,jesusn91</v>
+        <v>andrewcnilsen</v>
       </c>
       <c r="K2">
         <v>-13</v>
       </c>
       <c r="L2">
         <v>41</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>