--- v0 (2025-10-08)
+++ v1 (2026-03-30)
@@ -915,51 +915,51 @@
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Mike Jost &amp; Jesus Nunez</v>
       </c>
       <c r="E6">
         <v>-1</v>
       </c>
       <c r="F6">
         <v>-9</v>
       </c>
       <c r="G6">
         <v>46</v>
       </c>
       <c r="H6">
         <v>1</v>
       </c>
       <c r="J6" t="str">
-        <v>jost8348,jesusn91</v>
+        <v>jost8348</v>
       </c>
       <c r="K6">
         <v>-9</v>
       </c>
       <c r="L6">
         <v>46</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>2</v>
       </c>