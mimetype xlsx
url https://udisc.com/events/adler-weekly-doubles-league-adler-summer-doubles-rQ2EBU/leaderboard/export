--- v0 (2025-10-08)
+++ v1 (2026-03-30)
@@ -1176,51 +1176,51 @@
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Adam Sandor &amp; Jesus Nunez</v>
       </c>
       <c r="E9">
         <v>-1</v>
       </c>
       <c r="F9">
         <v>-8</v>
       </c>
       <c r="G9">
         <v>47</v>
       </c>
       <c r="H9">
         <v>1</v>
       </c>
       <c r="J9" t="str">
-        <v>sandoram,jesusn91</v>
+        <v>sandoram</v>
       </c>
       <c r="K9">
         <v>-8</v>
       </c>
       <c r="L9">
         <v>47</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>2</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>2</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>2</v>
       </c>