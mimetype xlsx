--- v0 (2025-10-08)
+++ v1 (2026-03-30)
@@ -1351,51 +1351,51 @@
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Jesus Nunez &amp; Tim Johnston</v>
       </c>
       <c r="E11">
         <v>-2</v>
       </c>
       <c r="F11">
         <v>-5</v>
       </c>
       <c r="G11">
         <v>51</v>
       </c>
       <c r="H11">
         <v>1</v>
       </c>
       <c r="J11" t="str">
-        <v>jesusn91,timjohnston</v>
+        <v>timjohnston</v>
       </c>
       <c r="K11">
         <v>-5</v>
       </c>
       <c r="L11">
         <v>51</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>