--- v0 (2025-10-08)
+++ v1 (2026-03-30)
@@ -1004,51 +1004,51 @@
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Jesus Nunez &amp; Rodgers</v>
       </c>
       <c r="E7">
         <v>-1</v>
       </c>
       <c r="F7">
         <v>-10</v>
       </c>
       <c r="G7">
         <v>45</v>
       </c>
       <c r="H7">
         <v>1</v>
       </c>
       <c r="J7" t="str">
-        <v>jesusn91,redpower</v>
+        <v>redpower</v>
       </c>
       <c r="K7">
         <v>-10</v>
       </c>
       <c r="L7">
         <v>45</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>
       <c r="Q7">
         <v>2</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>