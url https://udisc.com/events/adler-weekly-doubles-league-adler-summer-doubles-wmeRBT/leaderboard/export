--- v0 (2025-10-08)
+++ v1 (2026-03-30)
@@ -1526,51 +1526,51 @@
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Daniel Harrington &amp; Jesus Nunez</v>
       </c>
       <c r="E13">
         <v>-1</v>
       </c>
       <c r="F13">
         <v>-4</v>
       </c>
       <c r="G13">
         <v>51</v>
       </c>
       <c r="H13">
         <v>1</v>
       </c>
       <c r="J13" t="str">
-        <v>dharrington20,jesusn91</v>
+        <v>dharrington20</v>
       </c>
       <c r="K13">
         <v>-4</v>
       </c>
       <c r="L13">
         <v>51</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>2</v>
       </c>
       <c r="O13">
         <v>2</v>
       </c>
       <c r="P13">
         <v>2</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>