--- v0 (2025-10-19)
+++ v1 (2026-02-25)
@@ -883,366 +883,369 @@
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>4</v>
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Kevin Burke</v>
+        <v>Chris Bianchi</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
         <v>54</v>
       </c>
       <c r="G6">
-        <v>71957</v>
+        <v>4221</v>
       </c>
       <c r="H6" t="str">
-        <v>kevinburke2419</v>
+        <v>frisbeefossil</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
         <v>54</v>
       </c>
       <c r="K6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="V6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W6">
         <v>2</v>
       </c>
       <c r="X6">
         <v>5</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA6">
         <v>4</v>
       </c>
       <c r="AB6">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v>Joshua Zinzer</v>
+        <v>Kevin Burke</v>
       </c>
       <c r="E7">
         <v>0</v>
       </c>
       <c r="F7">
         <v>54</v>
       </c>
       <c r="G7">
-        <v>131601</v>
+        <v>71957</v>
       </c>
       <c r="H7" t="str">
-        <v>jzinzer</v>
+        <v>kevinburke2419</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7">
         <v>54</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W7">
         <v>2</v>
       </c>
       <c r="X7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB7">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T5</v>
       </c>
       <c r="C8">
         <v>5</v>
       </c>
       <c r="D8" t="str">
-        <v>Jacob Schroeder</v>
+        <v>Joshua Zinzer</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8">
         <v>54</v>
       </c>
       <c r="G8">
-        <v>216218</v>
+        <v>131601</v>
       </c>
       <c r="H8" t="str">
-        <v>woodchopper467</v>
+        <v>jzinzer</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>54</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T8">
         <v>4</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
         <v>2</v>
       </c>
       <c r="W8">
         <v>2</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB8">
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T5</v>
       </c>
       <c r="C9">
         <v>5</v>
       </c>
       <c r="D9" t="str">
-        <v>Chris Bianchi</v>
+        <v>Jacob Schroeder</v>
       </c>
       <c r="E9">
         <v>0</v>
       </c>
       <c r="F9">
         <v>54</v>
       </c>
+      <c r="G9">
+        <v>216218</v>
+      </c>
       <c r="H9" t="str">
-        <v>frisbeefossil</v>
+        <v>woodchopper467</v>
       </c>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9">
         <v>54</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>2</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S9">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="T9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V9">
         <v>2</v>
       </c>
       <c r="W9">
         <v>2</v>
       </c>
       <c r="X9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>4</v>
       </c>
       <c r="AB9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">