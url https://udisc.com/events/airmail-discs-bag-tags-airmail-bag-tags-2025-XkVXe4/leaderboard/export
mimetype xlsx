--- v0 (2025-10-19)
+++ v1 (2026-02-25)
@@ -891,50 +891,53 @@
         <v>4</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Chris Bianchi</v>
       </c>
       <c r="E6">
         <v>-3</v>
       </c>
       <c r="F6">
         <v>51</v>
       </c>
+      <c r="G6">
+        <v>4221</v>
+      </c>
       <c r="H6" t="str">
         <v>frisbeefossil</v>
       </c>
       <c r="I6">
         <v>-3</v>
       </c>
       <c r="J6">
         <v>51</v>
       </c>
       <c r="K6">
         <v>2</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
@@ -1737,51 +1740,51 @@
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T14</v>
       </c>
       <c r="C16">
         <v>14</v>
       </c>
       <c r="D16" t="str">
         <v>Raul Cazares</v>
       </c>
       <c r="E16">
         <v>4</v>
       </c>
       <c r="F16">
         <v>58</v>
       </c>
       <c r="H16" t="str">
-        <v>alejandrobot</v>
+        <v>racazord</v>
       </c>
       <c r="I16">
         <v>4</v>
       </c>
       <c r="J16">
         <v>58</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
         <v>4</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>2</v>
       </c>