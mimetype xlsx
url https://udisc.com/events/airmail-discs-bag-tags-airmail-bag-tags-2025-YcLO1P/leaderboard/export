--- v0 (2025-10-19)
+++ v1 (2026-02-25)
@@ -1742,50 +1742,53 @@
         <v>4</v>
       </c>
       <c r="AB15">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v>Chris Bianchi</v>
       </c>
       <c r="E16">
         <v>4</v>
       </c>
       <c r="F16">
         <v>58</v>
       </c>
+      <c r="G16">
+        <v>4221</v>
+      </c>
       <c r="H16" t="str">
         <v>frisbeefossil</v>
       </c>
       <c r="I16">
         <v>4</v>
       </c>
       <c r="J16">
         <v>58</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
         <v>2</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
@@ -1995,51 +1998,51 @@
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>Raul Cazares</v>
       </c>
       <c r="E19">
         <v>6</v>
       </c>
       <c r="F19">
         <v>60</v>
       </c>
       <c r="H19" t="str">
-        <v>alejandrobot</v>
+        <v>racazord</v>
       </c>
       <c r="I19">
         <v>6</v>
       </c>
       <c r="J19">
         <v>60</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>4</v>
       </c>
       <c r="P19">
         <v>4</v>
       </c>