--- v0 (2025-10-19)
+++ v1 (2026-02-25)
@@ -542,203 +542,206 @@
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Benjamin Knowles</v>
+        <v>Chris Bianchi</v>
       </c>
       <c r="E2">
         <v>-5</v>
       </c>
       <c r="F2">
         <v>49</v>
       </c>
       <c r="G2">
-        <v>264325</v>
+        <v>4221</v>
       </c>
       <c r="H2" t="str">
-        <v>bknow81</v>
+        <v>frisbeefossil</v>
       </c>
       <c r="I2">
         <v>-5</v>
       </c>
       <c r="J2">
         <v>49</v>
       </c>
       <c r="K2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>2</v>
       </c>
       <c r="S2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
-        <v>Chris Bianchi</v>
+        <v>Benjamin Knowles</v>
       </c>
       <c r="E3">
         <v>-5</v>
       </c>
       <c r="F3">
         <v>49</v>
       </c>
+      <c r="G3">
+        <v>264325</v>
+      </c>
       <c r="H3" t="str">
-        <v>frisbeefossil</v>
+        <v>bknow81</v>
       </c>
       <c r="I3">
         <v>-5</v>
       </c>
       <c r="J3">
         <v>49</v>
       </c>
       <c r="K3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T1</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="str">
         <v>Greg Faleskin</v>
       </c>
       <c r="E4">
         <v>-5</v>
       </c>
       <c r="F4">
         <v>49</v>
       </c>
       <c r="H4" t="str">