--- v0 (2025-10-20)
+++ v1 (2026-02-25)
@@ -805,50 +805,53 @@
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Chris Bianchi</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>54</v>
       </c>
+      <c r="G5">
+        <v>4221</v>
+      </c>
       <c r="H5" t="str">
         <v>frisbeefossil</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>54</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>5</v>
       </c>
       <c r="P5">