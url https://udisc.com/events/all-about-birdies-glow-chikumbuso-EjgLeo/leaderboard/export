--- v2 (2025-11-30)
+++ v3 (2026-03-28)
@@ -1515,50 +1515,53 @@
         <v>33</v>
       </c>
       <c r="L29">
         <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA</v>
       </c>
       <c r="B30" t="str">
         <v>T4</v>
       </c>
       <c r="C30">
         <v>4</v>
       </c>
       <c r="D30" t="str">
         <v>Don Collins III</v>
       </c>
       <c r="E30">
         <v>0</v>
       </c>
       <c r="F30">
         <v>66</v>
       </c>
+      <c r="G30">
+        <v>322867</v>
+      </c>
       <c r="H30" t="str">
         <v>the1don</v>
       </c>
       <c r="I30">
         <v>-1</v>
       </c>
       <c r="J30">
         <v>1</v>
       </c>
       <c r="K30">
         <v>32</v>
       </c>
       <c r="L30">
         <v>34</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA</v>
       </c>
       <c r="B31" t="str">
         <v>T6</v>
       </c>
       <c r="C31">
         <v>6</v>
@@ -3517,50 +3520,53 @@
         <v>2</v>
       </c>
       <c r="U28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MA</v>
       </c>
       <c r="B29" t="str">
         <v>T2</v>
       </c>
       <c r="C29">
         <v>2</v>
       </c>
       <c r="D29" t="str">
         <v>Don Collins III</v>
       </c>
       <c r="E29">
         <v>-1</v>
       </c>
       <c r="F29">
         <v>32</v>
       </c>
+      <c r="G29">
+        <v>322867</v>
+      </c>
       <c r="H29" t="str">
         <v>the1don</v>
       </c>
       <c r="I29">
         <v>-1</v>
       </c>
       <c r="J29">
         <v>32</v>
       </c>
       <c r="K29">
         <v>3</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
         <v>4</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
@@ -5649,50 +5655,53 @@
         <v>0</v>
       </c>
       <c r="J29">
         <v>0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA</v>
       </c>
       <c r="B30" t="str">
         <v>T4</v>
       </c>
       <c r="C30">
         <v>4</v>
       </c>
       <c r="D30" t="str">
         <v>Don Collins III</v>
       </c>
       <c r="E30">
         <v>0</v>
       </c>
       <c r="F30">
         <v>66</v>
       </c>
+      <c r="G30">
+        <v>322867</v>
+      </c>
       <c r="H30" t="str">
         <v>the1don</v>
       </c>
       <c r="I30">
         <v>1</v>
       </c>
       <c r="J30">
         <v>34</v>
       </c>
       <c r="K30">
         <v>4</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">