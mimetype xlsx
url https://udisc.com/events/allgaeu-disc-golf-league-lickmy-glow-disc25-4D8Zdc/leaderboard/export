--- v0 (2025-10-19)
+++ v1 (2026-02-07)
@@ -651,63 +651,66 @@
       </c>
       <c r="AE2">
         <v>3</v>
       </c>
       <c r="AF2">
         <v>4</v>
       </c>
       <c r="AG2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="E3" t="str">
         <v>FA3</v>
       </c>
       <c r="F3" t="str">
         <v>DNF</v>
       </c>
       <c r="H3" t="str">
         <v>Lucy</v>
       </c>
       <c r="I3">
         <v>0</v>
       </c>
       <c r="J3">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="K3">
         <v>1</v>
       </c>
       <c r="M3" t="str">
         <v>lucy61</v>
       </c>
       <c r="N3">
         <v>0</v>
       </c>
       <c r="O3">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="P3">
+        <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="E4" t="str">
         <v>MA3</v>
       </c>
       <c r="F4" t="str">
         <v>DNF</v>
       </c>
       <c r="H4" t="str">
         <v>William Duffy</v>
       </c>
       <c r="I4">
         <v>2</v>
       </c>
       <c r="J4">
         <v>23</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="M4" t="str">
         <v>williamduffy</v>
       </c>
       <c r="N4">