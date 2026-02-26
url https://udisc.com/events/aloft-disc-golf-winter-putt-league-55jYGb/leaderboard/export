--- v0 (2026-02-05)
+++ v1 (2026-02-26)
@@ -510,709 +510,733 @@
       </c>
       <c r="Q1" t="str">
         <v>hole_6</v>
       </c>
       <c r="R1" t="str">
         <v>hole_7</v>
       </c>
       <c r="S1" t="str">
         <v>hole_8</v>
       </c>
       <c r="T1" t="str">
         <v>hole_9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Evan Haskin</v>
+        <v>Elliot Klopcic</v>
       </c>
       <c r="E2">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2">
-        <v>275565</v>
+        <v>284641</v>
       </c>
       <c r="I2" t="str">
-        <v>haskins</v>
+        <v>nerpyy</v>
       </c>
       <c r="J2">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="K2">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="L2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="M2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="N2">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O2">
-        <v>5</v>
+        <v>3</v>
+      </c>
+      <c r="P2">
+        <v>3</v>
       </c>
       <c r="Q2">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="R2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="S2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="T2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Elliot Klopcic</v>
+        <v>Jack Shields</v>
       </c>
       <c r="E3">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F3">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3">
-        <v>284641</v>
+        <v>224103</v>
       </c>
       <c r="I3" t="str">
-        <v>nerpyy</v>
+        <v>jackshields</v>
       </c>
       <c r="J3">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="K3">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="L3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="O3">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="P3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="Q3">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="R3">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="S3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MPO</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Cameron Marshall</v>
+        <v>Josiah Grant</v>
       </c>
       <c r="E4">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F4">
+        <v>39</v>
+      </c>
+      <c r="G4">
+        <v>2</v>
+      </c>
+      <c r="H4">
+        <v>108033</v>
+      </c>
+      <c r="I4" t="str">
+        <v>igobyme</v>
+      </c>
+      <c r="J4">
         <v>21</v>
       </c>
-      <c r="G4">
-[...10 lines deleted...]
-      </c>
       <c r="K4">
-        <v>21</v>
+        <v>39</v>
       </c>
       <c r="L4">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="M4">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="N4">
-        <v>7</v>
+        <v>5</v>
+      </c>
+      <c r="O4">
+        <v>4</v>
+      </c>
+      <c r="P4">
+        <v>5</v>
+      </c>
+      <c r="Q4">
+        <v>6</v>
+      </c>
+      <c r="R4">
+        <v>1</v>
+      </c>
+      <c r="S4">
+        <v>4</v>
+      </c>
+      <c r="T4">
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Jack Shields</v>
+        <v>Jeff Schropp</v>
       </c>
       <c r="E5">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="F5">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5">
-        <v>224103</v>
+        <v>29664</v>
       </c>
       <c r="I5" t="str">
-        <v>jackshields</v>
+        <v>jeffschropp</v>
       </c>
       <c r="J5">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="K5">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="L5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N5">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="O5">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="P5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="Q5">
         <v>5</v>
       </c>
       <c r="R5">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="S5">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="T5">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MPO</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Keyin Holman</v>
+        <v>Agosto Favela</v>
       </c>
       <c r="E6">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="F6">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6">
-        <v>266402</v>
+        <v>138502</v>
       </c>
       <c r="I6" t="str">
-        <v>keyin0</v>
+        <v>g005386</v>
       </c>
       <c r="J6">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="K6">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="L6">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="M6">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="N6">
-        <v>8</v>
+        <v>7</v>
+      </c>
+      <c r="O6">
+        <v>3</v>
       </c>
       <c r="P6">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Q6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R6">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="S6">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="T6">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MPO</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Josiah Grant</v>
+        <v>Cameron Marshall</v>
       </c>
       <c r="E7">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="F7">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="G7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H7">
-        <v>108033</v>
+        <v>124422</v>
       </c>
       <c r="I7" t="str">
-        <v>igobyme</v>
+        <v>kingcam2306</v>
       </c>
       <c r="J7">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="K7">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="L7">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="M7">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="N7">
         <v>5</v>
       </c>
       <c r="O7">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="P7">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="Q7">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="R7">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="S7">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="T7">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Noah Dietrich</v>
+        <v>Matthew Powers</v>
       </c>
       <c r="E8">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="F8">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
-      <c r="H8">
-[...1 lines deleted...]
-      </c>
       <c r="I8" t="str">
-        <v>noahdietrich</v>
+        <v>matthewpowers</v>
       </c>
       <c r="J8">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="K8">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="L8">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="M8">
-        <v>3</v>
+        <v>8</v>
+      </c>
+      <c r="N8">
+        <v>5</v>
       </c>
       <c r="O8">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="P8">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="Q8">
         <v>7</v>
       </c>
       <c r="R8">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="S8">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="T8">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MPO</v>
       </c>
       <c r="B9" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D9" t="str">
+        <v>Noah Dietrich</v>
+      </c>
+      <c r="E9">
+        <v>24</v>
+      </c>
+      <c r="F9">
+        <v>40</v>
+      </c>
+      <c r="G9">
+        <v>1</v>
+      </c>
+      <c r="H9">
+        <v>122968</v>
+      </c>
+      <c r="I9" t="str">
+        <v>noahdietrich</v>
+      </c>
+      <c r="J9">
+        <v>24</v>
+      </c>
+      <c r="K9">
+        <v>40</v>
+      </c>
+      <c r="L9">
+        <v>4</v>
+      </c>
+      <c r="M9">
+        <v>3</v>
+      </c>
+      <c r="O9">
+        <v>3</v>
+      </c>
+      <c r="P9">
+        <v>7</v>
+      </c>
+      <c r="Q9">
+        <v>7</v>
+      </c>
+      <c r="R9">
+        <v>4</v>
+      </c>
+      <c r="S9">
         <v>8</v>
       </c>
-      <c r="C9">
-[...49 lines deleted...]
-      </c>
       <c r="T9">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MPO</v>
       </c>
       <c r="B10" t="str">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D10" t="str">
-        <v>Agosto Favela</v>
+        <v>Keyin Holman</v>
       </c>
       <c r="E10">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="F10">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10">
-        <v>138502</v>
+        <v>266402</v>
       </c>
       <c r="I10" t="str">
-        <v>g005386</v>
+        <v>keyin0</v>
       </c>
       <c r="J10">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="K10">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="L10">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="M10">
+        <v>3</v>
+      </c>
+      <c r="N10">
         <v>8</v>
       </c>
-      <c r="N10">
-[...4 lines deleted...]
-      </c>
       <c r="P10">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Q10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R10">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="S10">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="T10">
-        <v>7</v>
+        <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MPO</v>
       </c>
+      <c r="B11" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D11" t="str">
-        <v>Matthew Powers</v>
+        <v>Evan Haskin</v>
       </c>
       <c r="E11">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="F11">
-        <v>0</v>
+        <v>27</v>
       </c>
       <c r="G11">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="H11">
+        <v>275565</v>
       </c>
       <c r="I11" t="str">
-        <v>matthewpowers</v>
+        <v>haskins</v>
       </c>
       <c r="J11">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="K11">
-        <v>0</v>
+        <v>27</v>
+      </c>
+      <c r="L11">
+        <v>1</v>
+      </c>
+      <c r="M11">
+        <v>3</v>
+      </c>
+      <c r="N11">
+        <v>1</v>
+      </c>
+      <c r="O11">
+        <v>5</v>
+      </c>
+      <c r="Q11">
+        <v>6</v>
+      </c>
+      <c r="R11">
+        <v>8</v>
+      </c>
+      <c r="S11">
+        <v>1</v>
+      </c>
+      <c r="T11">
+        <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MPO</v>
       </c>
       <c r="B12" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D12" t="str">
-        <v>Josiah Grant</v>
+        <v>Cameron Marshall</v>
       </c>
       <c r="E12">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="F12">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="G12">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H12">
-        <v>108033</v>
+        <v>124422</v>
       </c>
       <c r="I12" t="str">
-        <v>igobyme</v>
+        <v>kingcam2306</v>
       </c>
       <c r="J12">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="K12">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="L12">
         <v>7</v>
       </c>
       <c r="M12">
         <v>7</v>
       </c>
       <c r="N12">
-        <v>2</v>
-[...17 lines deleted...]
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MPO</v>
       </c>
       <c r="B13" t="str">
         <v>DUP</v>
       </c>
       <c r="D13" t="str">
-        <v>Cameron Marshall</v>
+        <v>Josiah Grant</v>
       </c>
       <c r="E13">
         <v>37</v>
       </c>
       <c r="F13">
         <v>55</v>
       </c>
       <c r="G13">
         <v>1</v>
       </c>
       <c r="H13">
-        <v>124422</v>
+        <v>108033</v>
       </c>
       <c r="I13" t="str">
-        <v>kingcam2306</v>
+        <v>igobyme</v>
       </c>
       <c r="J13">
         <v>37</v>
       </c>
       <c r="K13">
         <v>55</v>
       </c>
       <c r="L13">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="M13">
         <v>7</v>
       </c>
       <c r="N13">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="O13">
+        <v>6</v>
+      </c>
+      <c r="P13">
         <v>8</v>
       </c>
-      <c r="P13">
-[...1 lines deleted...]
-      </c>
       <c r="Q13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R13">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="S13">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="T13">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MPO</v>
       </c>
       <c r="B14" t="str">
         <v>DUP</v>
       </c>
       <c r="D14" t="str">
         <v>Elliot Klopcic</v>
       </c>
       <c r="E14">
         <v>34</v>
       </c>
       <c r="F14">
         <v>52</v>
       </c>
       <c r="G14">
         <v>2</v>
       </c>
       <c r="H14">
@@ -1238,1797 +1262,1746 @@
       </c>
       <c r="O14">
         <v>7</v>
       </c>
       <c r="P14">
         <v>6</v>
       </c>
       <c r="Q14">
         <v>6</v>
       </c>
       <c r="R14">
         <v>6</v>
       </c>
       <c r="S14">
         <v>8</v>
       </c>
       <c r="T14">
         <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MPO</v>
       </c>
       <c r="B15" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D15" t="str">
         <v>Matthew Powers</v>
       </c>
       <c r="E15">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="F15">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G15">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I15" t="str">
         <v>matthewpowers</v>
       </c>
       <c r="J15">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="K15">
-        <v>60</v>
-[...26 lines deleted...]
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>FPO</v>
       </c>
       <c r="B16" t="str">
         <v>1</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
       <c r="D16" t="str">
         <v>Amanda Lennington</v>
       </c>
       <c r="E16">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F16">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="G16">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I16" t="str">
         <v>ottersdiscing</v>
       </c>
       <c r="J16">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K16">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="L16">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="M16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N16">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O16">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="P16">
+        <v>6</v>
       </c>
       <c r="Q16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R16">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="S16">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="T16">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>FPO</v>
       </c>
       <c r="B17" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D17" t="str">
         <v>Amanda Lennington</v>
       </c>
       <c r="E17">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F17">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="G17">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I17" t="str">
         <v>ottersdiscing</v>
       </c>
       <c r="J17">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K17">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="L17">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="M17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N17">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O17">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="Q17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R17">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="S17">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="T17">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA</v>
       </c>
       <c r="B18" t="str">
         <v>1</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
       <c r="D18" t="str">
-        <v xml:space="preserve">Ryan Prokos </v>
+        <v>Ryan Chadwick</v>
       </c>
       <c r="E18">
-        <v>-2</v>
+        <v>1</v>
       </c>
       <c r="F18">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="G18">
         <v>1</v>
       </c>
+      <c r="H18">
+        <v>224664</v>
+      </c>
       <c r="I18" t="str">
-        <v>ryguy4</v>
+        <v>chadwiticker</v>
       </c>
       <c r="J18">
-        <v>-2</v>
+        <v>1</v>
       </c>
       <c r="K18">
-        <v>12</v>
+        <v>19</v>
+      </c>
+      <c r="L18">
+        <v>1</v>
       </c>
       <c r="M18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N18">
         <v>1</v>
       </c>
       <c r="O18">
         <v>1</v>
       </c>
+      <c r="P18">
+        <v>1</v>
+      </c>
       <c r="Q18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R18">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="S18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T18">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA</v>
       </c>
       <c r="B19" t="str">
         <v>2</v>
       </c>
       <c r="C19">
         <v>2</v>
       </c>
       <c r="D19" t="str">
-        <v>Daulton Anderson</v>
+        <v>Daniel Snow</v>
       </c>
       <c r="E19">
-        <v>-1</v>
+        <v>2</v>
       </c>
       <c r="F19">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="G19">
         <v>1</v>
       </c>
       <c r="I19" t="str">
-        <v>giraffedabs</v>
+        <v>dansnow1229</v>
       </c>
       <c r="J19">
-        <v>-1</v>
+        <v>2</v>
       </c>
       <c r="K19">
-        <v>9</v>
+        <v>20</v>
+      </c>
+      <c r="L19">
+        <v>1</v>
       </c>
       <c r="M19">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="N19">
+        <v>2</v>
+      </c>
+      <c r="O19">
+        <v>2</v>
+      </c>
+      <c r="P19">
+        <v>1</v>
       </c>
       <c r="Q19">
         <v>1</v>
       </c>
       <c r="R19">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="S19">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="T19">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MA</v>
       </c>
       <c r="B20" t="str">
         <v>3</v>
       </c>
       <c r="C20">
         <v>3</v>
       </c>
       <c r="D20" t="str">
-        <v>Ayden shore</v>
+        <v>Cody Sievert</v>
       </c>
       <c r="E20">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F20">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G20">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H20">
+        <v>304669</v>
       </c>
       <c r="I20" t="str">
-        <v>shorebore</v>
+        <v>codered17</v>
       </c>
       <c r="J20">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="K20">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="L20">
         <v>1</v>
       </c>
+      <c r="M20">
+        <v>1</v>
+      </c>
       <c r="N20">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O20">
-        <v>2</v>
+        <v>4</v>
+      </c>
+      <c r="P20">
+        <v>1</v>
       </c>
       <c r="Q20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S20">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T20">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA</v>
       </c>
       <c r="B21" t="str">
-        <v>T4</v>
+        <v>4</v>
       </c>
       <c r="C21">
         <v>4</v>
       </c>
       <c r="D21" t="str">
-        <v>Aaron Spegele</v>
+        <v>Kyle jury</v>
       </c>
       <c r="E21">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="F21">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="G21">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H21">
+        <v>251652</v>
       </c>
       <c r="I21" t="str">
-        <v>aspegele</v>
+        <v>kwjury</v>
       </c>
       <c r="J21">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="K21">
-        <v>13</v>
+        <v>32</v>
+      </c>
+      <c r="L21">
+        <v>4</v>
+      </c>
+      <c r="M21">
+        <v>1</v>
       </c>
       <c r="N21">
         <v>2</v>
       </c>
+      <c r="O21">
+        <v>4</v>
+      </c>
       <c r="P21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q21">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R21">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="S21">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="T21">
         <v>1</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MA</v>
       </c>
       <c r="B22" t="str">
-        <v>T4</v>
+        <v>T5</v>
       </c>
       <c r="C22">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D22" t="str">
-        <v>Ryan Chadwick</v>
+        <v>Julian Dittmer</v>
       </c>
       <c r="E22">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="F22">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
       <c r="H22">
-        <v>224664</v>
+        <v>289920</v>
       </c>
       <c r="I22" t="str">
-        <v>chadwiticker</v>
+        <v>juliandittmer</v>
       </c>
       <c r="J22">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="K22">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="L22">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="M22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N22">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="O22">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="P22">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Q22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S22">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="T22">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MA</v>
       </c>
       <c r="B23" t="str">
-        <v>T6</v>
+        <v>T5</v>
       </c>
       <c r="C23">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D23" t="str">
-        <v>Julian Dittmer</v>
+        <v>Chris Sims</v>
       </c>
       <c r="E23">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="F23">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="G23">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>289920</v>
+        <v>1</v>
       </c>
       <c r="I23" t="str">
-        <v>juliandittmer</v>
+        <v>csims3434</v>
       </c>
       <c r="J23">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="K23">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="L23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M23">
-        <v>1</v>
+        <v>5</v>
+      </c>
+      <c r="N23">
+        <v>3</v>
       </c>
       <c r="O23">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="P23">
+        <v>3</v>
       </c>
       <c r="Q23">
         <v>4</v>
       </c>
       <c r="R23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S23">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="T23">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MA</v>
       </c>
       <c r="B24" t="str">
-        <v>T6</v>
+        <v>7</v>
       </c>
       <c r="C24">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D24" t="str">
-        <v>Daniel Snow</v>
+        <v>Bill Plut</v>
       </c>
       <c r="E24">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="F24">
+        <v>38</v>
+      </c>
+      <c r="G24">
+        <v>2</v>
+      </c>
+      <c r="H24">
+        <v>144756</v>
+      </c>
+      <c r="I24" t="str">
+        <v>spiceydope523</v>
+      </c>
+      <c r="J24">
         <v>20</v>
       </c>
-      <c r="G24">
-[...7 lines deleted...]
-      </c>
       <c r="K24">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="L24">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M24">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="N24">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O24">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="P24">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="Q24">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="R24">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S24">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="T24">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA</v>
       </c>
       <c r="B25" t="str">
-        <v>8</v>
+        <v>T8</v>
       </c>
       <c r="C25">
         <v>8</v>
       </c>
       <c r="D25" t="str">
-        <v>Cody Sievert</v>
+        <v>Rob Gray</v>
       </c>
       <c r="E25">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="F25">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="G25">
         <v>2</v>
       </c>
       <c r="H25">
-        <v>304669</v>
+        <v>278805</v>
       </c>
       <c r="I25" t="str">
-        <v>codered17</v>
+        <v>dayzend</v>
       </c>
       <c r="J25">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="K25">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="L25">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="M25">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="N25">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="O25">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P25">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="Q25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R25">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="S25">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="T25">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MA</v>
       </c>
       <c r="B26" t="str">
-        <v>9</v>
+        <v>T8</v>
       </c>
       <c r="C26">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D26" t="str">
-        <v>Jonathon Sievert</v>
+        <v>Alex Eveleigh</v>
       </c>
       <c r="E26">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="F26">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="G26">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>304667</v>
+        <v>1</v>
       </c>
       <c r="I26" t="str">
-        <v>jcsievert</v>
+        <v>alexeveleigh</v>
       </c>
       <c r="J26">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="K26">
-        <v>19</v>
+        <v>39</v>
       </c>
       <c r="L26">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M26">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N26">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O26">
-        <v>1</v>
+        <v>6</v>
+      </c>
+      <c r="P26">
+        <v>6</v>
       </c>
       <c r="Q26">
         <v>4</v>
       </c>
       <c r="R26">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S26">
+        <v>5</v>
+      </c>
+      <c r="T26">
         <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MA</v>
       </c>
       <c r="B27" t="str">
         <v>10</v>
       </c>
       <c r="C27">
         <v>10</v>
       </c>
       <c r="D27" t="str">
-        <v>Nick Doherty</v>
+        <v>Levi Gay</v>
       </c>
       <c r="E27">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="F27">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="G27">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H27">
+        <v>273830</v>
       </c>
       <c r="I27" t="str">
-        <v>nickd01</v>
+        <v>gvi003</v>
       </c>
       <c r="J27">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="K27">
-        <v>20</v>
+        <v>42</v>
+      </c>
+      <c r="L27">
+        <v>1</v>
       </c>
       <c r="M27">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="N27">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="O27">
+        <v>6</v>
+      </c>
+      <c r="P27">
         <v>2</v>
       </c>
       <c r="Q27">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="R27">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="S27">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="T27">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>MA</v>
       </c>
       <c r="B28" t="str">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>DNF</v>
       </c>
       <c r="D28" t="str">
-        <v>Charles White</v>
+        <v>Daulton Anderson</v>
       </c>
       <c r="E28">
-        <v>7</v>
+        <v>-1</v>
       </c>
       <c r="F28">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="G28">
         <v>1</v>
       </c>
       <c r="I28" t="str">
-        <v>chucko</v>
+        <v>giraffedabs</v>
       </c>
       <c r="J28">
-        <v>7</v>
+        <v>-1</v>
       </c>
       <c r="K28">
-        <v>23</v>
-[...11 lines deleted...]
-        <v>3</v>
+        <v>9</v>
+      </c>
+      <c r="M28">
+        <v>2</v>
       </c>
       <c r="Q28">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="R28">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="S28">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T28">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MA</v>
       </c>
       <c r="B29" t="str">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>DNF</v>
       </c>
       <c r="D29" t="str">
-        <v>Keenan Myers</v>
+        <v>Aaron Spegele</v>
       </c>
       <c r="E29">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F29">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="G29">
         <v>1</v>
       </c>
       <c r="I29" t="str">
-        <v>justkeenbean</v>
+        <v>aspegele</v>
       </c>
       <c r="J29">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="K29">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="N29">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>2</v>
+      </c>
+      <c r="P29">
+        <v>2</v>
       </c>
       <c r="Q29">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R29">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S29">
         <v>1</v>
       </c>
       <c r="T29">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA</v>
       </c>
       <c r="B30" t="str">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>DNF</v>
       </c>
       <c r="D30" t="str">
-        <v>Kyle jury</v>
+        <v>Jonathon Sievert</v>
       </c>
       <c r="E30">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="F30">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="G30">
         <v>2</v>
       </c>
       <c r="H30">
-        <v>251652</v>
+        <v>304667</v>
       </c>
       <c r="I30" t="str">
-        <v>kwjury</v>
+        <v>jcsievert</v>
       </c>
       <c r="J30">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="K30">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="L30">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="M30">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N30">
         <v>2</v>
       </c>
       <c r="O30">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="Q30">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R30">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="S30">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA</v>
       </c>
       <c r="B31" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D31" t="str">
+        <v>Ayden shore</v>
+      </c>
+      <c r="E31">
+        <v>0</v>
+      </c>
+      <c r="F31">
         <v>14</v>
       </c>
-      <c r="C31">
+      <c r="G31">
+        <v>1</v>
+      </c>
+      <c r="I31" t="str">
+        <v>shorebore</v>
+      </c>
+      <c r="J31">
+        <v>0</v>
+      </c>
+      <c r="K31">
         <v>14</v>
       </c>
-      <c r="D31" t="str">
-[...19 lines deleted...]
-      </c>
       <c r="L31">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="N31">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O31">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q31">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S31">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="T31">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MA</v>
       </c>
       <c r="B32" t="str">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>DNF</v>
       </c>
       <c r="D32" t="str">
-        <v>Bill Plut</v>
+        <v>Nick Doherty</v>
       </c>
       <c r="E32">
+        <v>6</v>
+      </c>
+      <c r="F32">
         <v>20</v>
       </c>
-      <c r="F32">
-[...1 lines deleted...]
-      </c>
       <c r="G32">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>144756</v>
+        <v>1</v>
       </c>
       <c r="I32" t="str">
-        <v>spiceydope523</v>
+        <v>nickd01</v>
       </c>
       <c r="J32">
+        <v>6</v>
+      </c>
+      <c r="K32">
         <v>20</v>
       </c>
-      <c r="K32">
-[...4 lines deleted...]
-      </c>
       <c r="M32">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="N32">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="O32">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Q32">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R32">
         <v>3</v>
       </c>
       <c r="S32">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T32">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>MA</v>
       </c>
       <c r="B33" t="str">
-        <v>T16</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>DNF</v>
       </c>
       <c r="D33" t="str">
-        <v>Rob Gray</v>
+        <v xml:space="preserve">Ryan Prokos </v>
       </c>
       <c r="E33">
-        <v>21</v>
+        <v>-2</v>
       </c>
       <c r="F33">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="G33">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>278805</v>
+        <v>1</v>
       </c>
       <c r="I33" t="str">
-        <v>dayzend</v>
+        <v>ryguy4</v>
       </c>
       <c r="J33">
-        <v>21</v>
+        <v>-2</v>
       </c>
       <c r="K33">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="M33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N33">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="O33">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="Q33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R33">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="S33">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="T33">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>MA</v>
       </c>
       <c r="B34" t="str">
-        <v>T16</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>DNF</v>
       </c>
       <c r="D34" t="str">
-        <v>Alex Eveleigh</v>
+        <v>Charles White</v>
       </c>
       <c r="E34">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="F34">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="G34">
         <v>1</v>
       </c>
       <c r="I34" t="str">
-        <v>alexeveleigh</v>
+        <v>chucko</v>
       </c>
       <c r="J34">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="K34">
-        <v>39</v>
+        <v>23</v>
       </c>
       <c r="L34">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="N34">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O34">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="P34">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Q34">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R34">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S34">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T34">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>MA</v>
       </c>
       <c r="B35" t="str">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>DNF</v>
       </c>
       <c r="D35" t="str">
-        <v>Levi Gay</v>
+        <v>Keenan Myers</v>
       </c>
       <c r="E35">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F35">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="G35">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>273830</v>
+        <v>1</v>
       </c>
       <c r="I35" t="str">
-        <v>gvi003</v>
+        <v>justkeenbean</v>
       </c>
       <c r="J35">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="K35">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L35">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M35">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="N35">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O35">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q35">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R35">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="S35">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="T35">
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>MA</v>
       </c>
       <c r="B36" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D36" t="str">
-        <v>Ryan Chadwick</v>
+        <v>Julian Dittmer</v>
       </c>
       <c r="E36">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F36">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="G36">
         <v>2</v>
       </c>
       <c r="H36">
-        <v>224664</v>
+        <v>289920</v>
       </c>
       <c r="I36" t="str">
-        <v>chadwiticker</v>
+        <v>juliandittmer</v>
       </c>
       <c r="J36">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="K36">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="L36">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="N36">
+        <v>2</v>
+      </c>
+      <c r="M36">
         <v>1</v>
       </c>
       <c r="O36">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="Q36">
         <v>4</v>
       </c>
       <c r="R36">
         <v>4</v>
       </c>
       <c r="S36">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T36">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>MA</v>
       </c>
       <c r="B37" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D37" t="str">
-        <v>Jonathon Sievert</v>
+        <v>Ryan Chadwick</v>
       </c>
       <c r="E37">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F37">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="G37">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H37">
-        <v>304667</v>
+        <v>224664</v>
       </c>
       <c r="I37" t="str">
-        <v>jcsievert</v>
+        <v>chadwiticker</v>
       </c>
       <c r="J37">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="K37">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="L37">
         <v>1</v>
       </c>
-      <c r="M37">
-[...1 lines deleted...]
-      </c>
       <c r="N37">
         <v>1</v>
       </c>
       <c r="O37">
-        <v>6</v>
+        <v>3</v>
+      </c>
+      <c r="P37">
+        <v>4</v>
       </c>
       <c r="Q37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R37">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="S37">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="T37">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>MA</v>
       </c>
       <c r="B38" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D38" t="str">
-        <v>Daniel Snow</v>
+        <v>Jonathon Sievert</v>
       </c>
       <c r="E38">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="F38">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="G38">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="H38">
+        <v>304667</v>
       </c>
       <c r="I38" t="str">
-        <v>dansnow1229</v>
+        <v>jcsievert</v>
       </c>
       <c r="J38">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="K38">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="L38">
         <v>1</v>
       </c>
+      <c r="M38">
+        <v>3</v>
+      </c>
       <c r="N38">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="O38">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="Q38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R38">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="S38">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="T38">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>MA</v>
       </c>
       <c r="B39" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D39" t="str">
-        <v>Daulton Anderson</v>
+        <v>Daniel Snow</v>
       </c>
       <c r="E39">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="F39">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="G39">
         <v>2</v>
       </c>
       <c r="I39" t="str">
-        <v>giraffedabs</v>
+        <v>dansnow1229</v>
       </c>
       <c r="J39">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K39">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>26</v>
+      </c>
+      <c r="L39">
+        <v>1</v>
       </c>
       <c r="N39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O39">
         <v>2</v>
       </c>
       <c r="P39">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="Q39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R39">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T39">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>MA</v>
       </c>
       <c r="B40" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D40" t="str">
-        <v>Keenan Myers</v>
+        <v>Daulton Anderson</v>
       </c>
       <c r="E40">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="F40">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G40">
         <v>2</v>
       </c>
       <c r="I40" t="str">
-        <v>justkeenbean</v>
+        <v>giraffedabs</v>
       </c>
       <c r="J40">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="K40">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="M40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O40">
+        <v>2</v>
+      </c>
+      <c r="P40">
         <v>4</v>
       </c>
       <c r="Q40">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="R40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S40">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="T40">
         <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>MA</v>
       </c>
       <c r="B41" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D41" t="str">
-        <v>Bill Plut</v>
+        <v>Keenan Myers</v>
       </c>
       <c r="E41">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F41">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="G41">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>144756</v>
+        <v>2</v>
       </c>
       <c r="I41" t="str">
-        <v>spiceydope523</v>
+        <v>justkeenbean</v>
       </c>
       <c r="J41">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K41">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="L41">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="M41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O41">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q41">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="R41">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="S41">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T41">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>MA</v>
       </c>
       <c r="B42" t="str">
         <v>DUP</v>
       </c>
       <c r="D42" t="str">
-        <v>Kyle jury</v>
+        <v>Bill Plut</v>
       </c>
       <c r="E42">
         <v>24</v>
       </c>
       <c r="F42">
         <v>42</v>
       </c>
       <c r="G42">
         <v>1</v>
       </c>
       <c r="H42">
-        <v>251652</v>
+        <v>144756</v>
       </c>
       <c r="I42" t="str">
-        <v>kwjury</v>
+        <v>spiceydope523</v>
       </c>
       <c r="J42">
         <v>24</v>
       </c>
       <c r="K42">
         <v>42</v>
       </c>
       <c r="L42">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="M42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N42">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O42">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="P42">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q42">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="R42">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="S42">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="T42">
         <v>4</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>MA</v>
       </c>
       <c r="B43" t="str">
         <v>DUP</v>
       </c>
       <c r="D43" t="str">
-        <v>Levi Gay</v>
+        <v>Kyle jury</v>
       </c>
       <c r="E43">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F43">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G43">
         <v>1</v>
       </c>
       <c r="H43">
-        <v>273830</v>
+        <v>251652</v>
       </c>
       <c r="I43" t="str">
-        <v>gvi003</v>
+        <v>kwjury</v>
       </c>
       <c r="J43">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="K43">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="L43">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="M43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N43">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="O43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P43">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="Q43">
         <v>7</v>
       </c>
       <c r="R43">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="S43">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="T43">
         <v>4</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>MA</v>
       </c>
       <c r="B44" t="str">
         <v>DUP</v>
       </c>
       <c r="D44" t="str">
-        <v>Rob Gray</v>
+        <v>Levi Gay</v>
       </c>
       <c r="E44">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="F44">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G44">
         <v>1</v>
       </c>
       <c r="H44">
-        <v>278805</v>
+        <v>273830</v>
       </c>
       <c r="I44" t="str">
-        <v>dayzend</v>
+        <v>gvi003</v>
       </c>
       <c r="J44">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="K44">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="L44">
         <v>4</v>
       </c>
       <c r="M44">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="N44">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O44">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="P44">
         <v>2</v>
       </c>
       <c r="Q44">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="R44">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="S44">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="T44">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>MA</v>
       </c>
       <c r="B45" t="str">
         <v>DUP</v>
       </c>
       <c r="D45" t="str">
-        <v>Julian Dittmer</v>
+        <v>Rob Gray</v>
       </c>
       <c r="E45">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F45">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="G45">
         <v>1</v>
       </c>
       <c r="H45">
-        <v>289920</v>
+        <v>278805</v>
       </c>
       <c r="I45" t="str">
-        <v>juliandittmer</v>
+        <v>dayzend</v>
       </c>
       <c r="J45">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="K45">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="L45">
         <v>4</v>
       </c>
       <c r="M45">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="N45">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O45">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="P45">
         <v>2</v>
       </c>
       <c r="Q45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R45">
         <v>4</v>
       </c>
       <c r="S45">
         <v>8</v>
       </c>
       <c r="T45">
         <v>2</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>MA</v>
       </c>
       <c r="B46" t="str">
         <v>DUP</v>
       </c>
       <c r="D46" t="str">
         <v>Cody Sievert</v>
       </c>
       <c r="E46">
         <v>13</v>
       </c>
       <c r="F46">
@@ -3116,104 +3089,98 @@
       </c>
       <c r="O47">
         <v>6</v>
       </c>
       <c r="P47">
         <v>4</v>
       </c>
       <c r="Q47">
         <v>5</v>
       </c>
       <c r="R47">
         <v>2</v>
       </c>
       <c r="S47">
         <v>8</v>
       </c>
       <c r="T47">
         <v>3</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>FA</v>
       </c>
       <c r="B48" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DNF</v>
       </c>
       <c r="D48" t="str">
         <v>Megan Weber</v>
       </c>
       <c r="E48">
         <v>1</v>
       </c>
       <c r="F48">
         <v>13</v>
       </c>
       <c r="G48">
         <v>1</v>
       </c>
       <c r="I48" t="str">
         <v>meganweber</v>
       </c>
       <c r="J48">
         <v>1</v>
       </c>
       <c r="K48">
         <v>13</v>
       </c>
       <c r="L48">
         <v>2</v>
       </c>
       <c r="M48">
         <v>2</v>
       </c>
       <c r="N48">
         <v>1</v>
       </c>
       <c r="R48">
         <v>5</v>
       </c>
       <c r="S48">
         <v>2</v>
       </c>
       <c r="T48">
         <v>1</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>FA</v>
       </c>
       <c r="B49" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D49" t="str">
         <v>kate z</v>
       </c>
       <c r="E49">
         <v>6</v>
       </c>
       <c r="F49">
         <v>20</v>
       </c>
       <c r="G49">
         <v>1</v>
       </c>
       <c r="I49" t="str">
         <v>k8sophie</v>
       </c>
       <c r="J49">
         <v>6</v>
       </c>
       <c r="K49">
         <v>20</v>
       </c>
       <c r="M49">
         <v>1</v>
       </c>