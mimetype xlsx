--- v0 (2026-02-26)
+++ v1 (2026-03-18)
@@ -1177,995 +1177,980 @@
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
         <v>5</v>
       </c>
       <c r="S12">
         <v>8</v>
       </c>
       <c r="T12">
         <v>1</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA</v>
       </c>
       <c r="B13" t="str">
         <v>1</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13" t="str">
-        <v>Tim Manzer</v>
+        <v>Charles White</v>
       </c>
       <c r="E13">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F13">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="G13">
         <v>1</v>
       </c>
       <c r="I13" t="str">
-        <v>tmanzer</v>
+        <v>chucko</v>
       </c>
       <c r="J13">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="K13">
-        <v>6</v>
+        <v>20</v>
+      </c>
+      <c r="L13">
+        <v>2</v>
+      </c>
+      <c r="M13">
+        <v>3</v>
+      </c>
+      <c r="N13">
+        <v>3</v>
+      </c>
+      <c r="O13">
+        <v>2</v>
+      </c>
+      <c r="P13">
+        <v>1</v>
+      </c>
+      <c r="Q13">
+        <v>1</v>
       </c>
       <c r="R13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T13">
         <v>1</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA</v>
       </c>
       <c r="B14" t="str">
         <v>2</v>
       </c>
       <c r="C14">
         <v>2</v>
       </c>
       <c r="D14" t="str">
-        <v>Charles White</v>
+        <v>Alex Schaub</v>
       </c>
       <c r="E14">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F14">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="G14">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I14" t="str">
-        <v>chucko</v>
+        <v>aschaub22</v>
       </c>
       <c r="J14">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="K14">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L14">
         <v>2</v>
       </c>
       <c r="M14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="P14">
         <v>1</v>
       </c>
       <c r="Q14">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T14">
         <v>1</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA</v>
       </c>
       <c r="B15" t="str">
         <v>3</v>
       </c>
       <c r="C15">
         <v>3</v>
       </c>
       <c r="D15" t="str">
-        <v xml:space="preserve">Ryan Prokos </v>
+        <v xml:space="preserve">Vince </v>
       </c>
       <c r="E15">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="F15">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="I15" t="str">
-        <v>ryguy4</v>
+        <v>vhalek</v>
       </c>
       <c r="J15">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="K15">
-        <v>12</v>
+        <v>29</v>
+      </c>
+      <c r="L15">
+        <v>1</v>
       </c>
       <c r="M15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N15">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="O15">
+        <v>3</v>
+      </c>
+      <c r="P15">
+        <v>2</v>
       </c>
       <c r="Q15">
-        <v>1</v>
+        <v>6</v>
+      </c>
+      <c r="R15">
+        <v>4</v>
       </c>
       <c r="S15">
-        <v>5</v>
+        <v>2</v>
+      </c>
+      <c r="T15">
+        <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA</v>
       </c>
       <c r="B16" t="str">
         <v>4</v>
       </c>
       <c r="C16">
         <v>4</v>
       </c>
       <c r="D16" t="str">
-        <v>Aaron Spegele</v>
+        <v>Rob Gray</v>
       </c>
       <c r="E16">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="F16">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
+      <c r="H16">
+        <v>278805</v>
+      </c>
       <c r="I16" t="str">
-        <v>aspegele</v>
+        <v>dayzend</v>
       </c>
       <c r="J16">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="K16">
-        <v>17</v>
+        <v>31</v>
+      </c>
+      <c r="L16">
+        <v>2</v>
       </c>
       <c r="M16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="P16">
+        <v>2</v>
       </c>
       <c r="Q16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R16">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="S16">
-        <v>3</v>
+        <v>8</v>
+      </c>
+      <c r="T16">
+        <v>1</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA</v>
       </c>
       <c r="B17" t="str">
         <v>5</v>
       </c>
       <c r="C17">
         <v>5</v>
       </c>
       <c r="D17" t="str">
-        <v>TJ Manzer</v>
+        <v>Julian Dittmer</v>
       </c>
       <c r="E17">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F17">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="G17">
         <v>1</v>
       </c>
+      <c r="H17">
+        <v>289920</v>
+      </c>
       <c r="I17" t="str">
-        <v>tjmanzer</v>
+        <v>juliandittmer</v>
       </c>
       <c r="J17">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="K17">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="L17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N17">
         <v>1</v>
       </c>
       <c r="O17">
+        <v>5</v>
+      </c>
+      <c r="P17">
         <v>2</v>
       </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
         <v>5</v>
       </c>
       <c r="S17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T17">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA</v>
       </c>
       <c r="B18" t="str">
         <v>6</v>
       </c>
       <c r="C18">
         <v>6</v>
       </c>
       <c r="D18" t="str">
-        <v>Alex Schaub</v>
+        <v>Chris Sims</v>
       </c>
       <c r="E18">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="F18">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="G18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I18" t="str">
-        <v>aschaub22</v>
+        <v>csims3434</v>
       </c>
       <c r="J18">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="K18">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="L18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M18">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="N18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O18">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="P18">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="Q18">
         <v>5</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="T18">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>MA</v>
       </c>
       <c r="B19" t="str">
         <v>7</v>
       </c>
       <c r="C19">
         <v>7</v>
       </c>
       <c r="D19" t="str">
-        <v xml:space="preserve">Vince </v>
+        <v>Levi Gay</v>
       </c>
       <c r="E19">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="F19">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="G19">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H19">
+        <v>273830</v>
       </c>
       <c r="I19" t="str">
-        <v>vhalek</v>
+        <v>gvi003</v>
       </c>
       <c r="J19">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="K19">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="L19">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="M19">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="N19">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="O19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="Q19">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="R19">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="S19">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="T19">
         <v>2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MA</v>
       </c>
       <c r="B20" t="str">
         <v>8</v>
       </c>
       <c r="C20">
         <v>8</v>
       </c>
       <c r="D20" t="str">
-        <v>Rob Gray</v>
+        <v>Bill Plut</v>
       </c>
       <c r="E20">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="F20">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="G20">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H20">
-        <v>278805</v>
+        <v>144756</v>
       </c>
       <c r="I20" t="str">
-        <v>dayzend</v>
+        <v>spiceydope523</v>
       </c>
       <c r="J20">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="K20">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="L20">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="M20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="P20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R20">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="S20">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="T20">
-        <v>1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA</v>
       </c>
       <c r="B21" t="str">
-        <v>T9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D21" t="str">
-        <v>Kyle jury</v>
+        <v>Tim Manzer</v>
       </c>
       <c r="E21">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="F21">
-        <v>30</v>
+        <v>6</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
-      <c r="H21">
-[...1 lines deleted...]
-      </c>
       <c r="I21" t="str">
-        <v>kwjury</v>
+        <v>tmanzer</v>
       </c>
       <c r="J21">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="K21">
-        <v>30</v>
-[...13 lines deleted...]
-      <c r="Q21">
         <v>6</v>
       </c>
       <c r="R21">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="S21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T21">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>MA</v>
       </c>
       <c r="B22" t="str">
-        <v>T9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D22" t="str">
-        <v>Julian Dittmer</v>
+        <v xml:space="preserve">Ryan Prokos </v>
       </c>
       <c r="E22">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="F22">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
-      <c r="H22">
-[...1 lines deleted...]
-      </c>
       <c r="I22" t="str">
-        <v>juliandittmer</v>
+        <v>ryguy4</v>
       </c>
       <c r="J22">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="K22">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q22">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="S22">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>MA</v>
       </c>
       <c r="B23" t="str">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>DNF</v>
       </c>
       <c r="D23" t="str">
-        <v>Chris Sims</v>
+        <v>Aaron Spegele</v>
       </c>
       <c r="E23">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="F23">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="G23">
         <v>1</v>
       </c>
       <c r="I23" t="str">
-        <v>csims3434</v>
+        <v>aspegele</v>
       </c>
       <c r="J23">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="K23">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="M23">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="N23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O23">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="Q23">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R23">
         <v>3</v>
       </c>
       <c r="S23">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MA</v>
       </c>
       <c r="B24" t="str">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>DNF</v>
       </c>
       <c r="D24" t="str">
-        <v>Levi Gay</v>
+        <v>Kyle jury</v>
       </c>
       <c r="E24">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F24">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="G24">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H24">
-        <v>273830</v>
+        <v>251652</v>
       </c>
       <c r="I24" t="str">
-        <v>gvi003</v>
+        <v>kwjury</v>
       </c>
       <c r="J24">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="K24">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="L24">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="N24">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="O24">
         <v>4</v>
       </c>
       <c r="P24">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="Q24">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="R24">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="S24">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="T24">
         <v>2</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA</v>
       </c>
       <c r="B25" t="str">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>DNF</v>
       </c>
       <c r="D25" t="str">
-        <v>Bill Plut</v>
+        <v>TJ Manzer</v>
       </c>
       <c r="E25">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F25">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="G25">
         <v>1</v>
       </c>
-      <c r="H25">
-[...1 lines deleted...]
-      </c>
       <c r="I25" t="str">
-        <v>spiceydope523</v>
+        <v>tjmanzer</v>
       </c>
       <c r="J25">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="K25">
-        <v>42</v>
+        <v>25</v>
+      </c>
+      <c r="L25">
+        <v>4</v>
       </c>
       <c r="M25">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="N25">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="O25">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="P25">
         <v>2</v>
       </c>
       <c r="Q25">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="R25">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="S25">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="T25">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MA</v>
       </c>
       <c r="B26" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D26" t="str">
-        <v>Kyle jury</v>
+        <v>Bill Plut</v>
       </c>
       <c r="E26">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="F26">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="G26">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H26">
-        <v>251652</v>
+        <v>144756</v>
       </c>
       <c r="I26" t="str">
-        <v>kwjury</v>
+        <v>spiceydope523</v>
       </c>
       <c r="J26">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="K26">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="M26">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="N26">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="O26">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="P26">
         <v>2</v>
       </c>
       <c r="Q26">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R26">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="S26">
         <v>6</v>
       </c>
       <c r="T26">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MA</v>
       </c>
       <c r="B27" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D27" t="str">
-        <v>Levi Gay</v>
+        <v>Kyle jury</v>
       </c>
       <c r="E27">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="F27">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="G27">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H27">
-        <v>273830</v>
+        <v>251652</v>
       </c>
       <c r="I27" t="str">
-        <v>gvi003</v>
+        <v>kwjury</v>
       </c>
       <c r="J27">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="K27">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>34</v>
       </c>
       <c r="M27">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="N27">
-        <v>5</v>
+        <v>6</v>
+      </c>
+      <c r="O27">
+        <v>4</v>
       </c>
       <c r="P27">
         <v>2</v>
       </c>
       <c r="Q27">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="R27">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="S27">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="T27">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>MA</v>
       </c>
       <c r="B28" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D28" t="str">
-        <v>Julian Dittmer</v>
+        <v>Levi Gay</v>
       </c>
       <c r="E28">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="F28">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="G28">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H28">
-        <v>289920</v>
+        <v>273830</v>
       </c>
       <c r="I28" t="str">
-        <v>juliandittmer</v>
+        <v>gvi003</v>
       </c>
       <c r="J28">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="K28">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="L28">
         <v>4</v>
       </c>
       <c r="M28">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N28">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>5</v>
+      </c>
+      <c r="P28">
+        <v>2</v>
       </c>
       <c r="Q28">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="R28">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="S28">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="T28">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MA</v>
       </c>
       <c r="B29" t="str">
-        <v>DUP</v>
+        <v>DNF</v>
       </c>
       <c r="D29" t="str">
-        <v>Bill Plut</v>
+        <v>Julian Dittmer</v>
       </c>
       <c r="E29">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="F29">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="G29">
         <v>2</v>
       </c>
       <c r="H29">
-        <v>144756</v>
+        <v>289920</v>
       </c>
       <c r="I29" t="str">
-        <v>spiceydope523</v>
+        <v>juliandittmer</v>
       </c>
       <c r="J29">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="K29">
-        <v>45</v>
+        <v>31</v>
       </c>
       <c r="L29">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="P29">
         <v>3</v>
       </c>
       <c r="Q29">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="R29">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="S29">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="T29">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>MA</v>
       </c>
       <c r="B30" t="str">
         <v>DUP</v>
       </c>
       <c r="D30" t="str">
         <v>Rob Gray</v>
       </c>
       <c r="E30">
         <v>27</v>
       </c>
       <c r="F30">
         <v>45</v>
       </c>
       <c r="G30">
         <v>2</v>
       </c>
       <c r="H30">
         <v>278805</v>
       </c>
       <c r="I30" t="str">