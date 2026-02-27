--- v0 (2025-10-20)
+++ v1 (2026-02-27)
@@ -1289,51 +1289,51 @@
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MPO</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v>Greg Argyle</v>
       </c>
       <c r="E16">
         <v>-19</v>
       </c>
       <c r="F16">
         <v>45</v>
       </c>
       <c r="G16">
         <v>34349</v>
       </c>
       <c r="H16" t="str">
-        <v>dogfart</v>
+        <v>d0gfart</v>
       </c>
       <c r="I16">
         <v>-19</v>
       </c>
       <c r="J16">
         <v>45</v>
       </c>
       <c r="K16">
         <v>6</v>
       </c>
       <c r="L16">
         <v>7</v>
       </c>
       <c r="M16">
         <v>7</v>
       </c>
       <c r="N16">
         <v>7</v>
       </c>
       <c r="O16">
         <v>6</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>