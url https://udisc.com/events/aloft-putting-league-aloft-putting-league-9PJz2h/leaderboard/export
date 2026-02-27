--- v0 (2025-10-20)
+++ v1 (2026-02-27)
@@ -844,51 +844,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Greg Argyle</v>
       </c>
       <c r="E8">
         <v>-27</v>
       </c>
       <c r="F8">
         <v>37</v>
       </c>
       <c r="G8">
         <v>34349</v>
       </c>
       <c r="H8" t="str">
-        <v>dogfart</v>
+        <v>d0gfart</v>
       </c>
       <c r="I8">
         <v>-27</v>
       </c>
       <c r="J8">
         <v>37</v>
       </c>
       <c r="K8">
         <v>5</v>
       </c>
       <c r="L8">
         <v>5</v>
       </c>
       <c r="M8">
         <v>6</v>
       </c>
       <c r="N8">
         <v>5</v>
       </c>
       <c r="O8">
         <v>5</v>
       </c>
       <c r="P8">
         <v>1</v>
       </c>