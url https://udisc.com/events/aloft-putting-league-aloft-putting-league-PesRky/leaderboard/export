--- v0 (2025-10-19)
+++ v1 (2026-02-27)
@@ -1389,51 +1389,51 @@
       </c>
       <c r="R17">
         <v>5</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MPO</v>
       </c>
       <c r="B18" t="str">
         <v>DNF</v>
       </c>
       <c r="D18" t="str">
         <v>Greg Argyle</v>
       </c>
       <c r="E18">
         <v>-26</v>
       </c>
       <c r="F18">
         <v>30</v>
       </c>
       <c r="G18">
         <v>34349</v>
       </c>
       <c r="H18" t="str">
-        <v>dogfart</v>
+        <v>d0gfart</v>
       </c>
       <c r="I18">
         <v>-26</v>
       </c>
       <c r="J18">
         <v>30</v>
       </c>
       <c r="K18">
         <v>6</v>
       </c>
       <c r="L18">
         <v>6</v>
       </c>
       <c r="M18">
         <v>2</v>
       </c>
       <c r="N18">
         <v>4</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>4</v>
       </c>