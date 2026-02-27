--- v0 (2025-10-20)
+++ v1 (2026-02-27)
@@ -1121,51 +1121,51 @@
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MPO</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Greg Argyle</v>
       </c>
       <c r="E13">
         <v>-12</v>
       </c>
       <c r="F13">
         <v>52</v>
       </c>
       <c r="G13">
         <v>34349</v>
       </c>
       <c r="H13" t="str">
-        <v>dogfart</v>
+        <v>d0gfart</v>
       </c>
       <c r="I13">
         <v>-12</v>
       </c>
       <c r="J13">
         <v>52</v>
       </c>
       <c r="K13">
         <v>7</v>
       </c>
       <c r="L13">
         <v>5</v>
       </c>
       <c r="M13">
         <v>8</v>
       </c>
       <c r="N13">
         <v>7</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">
         <v>8</v>
       </c>