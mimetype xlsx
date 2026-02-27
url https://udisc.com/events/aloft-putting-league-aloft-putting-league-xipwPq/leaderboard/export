--- v0 (2025-10-19)
+++ v1 (2026-02-27)
@@ -1174,51 +1174,51 @@
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MPO</v>
       </c>
       <c r="B14" t="str">
         <v>T13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>Greg Argyle</v>
       </c>
       <c r="E14">
         <v>-27</v>
       </c>
       <c r="F14">
         <v>37</v>
       </c>
       <c r="G14">
         <v>34349</v>
       </c>
       <c r="H14" t="str">
-        <v>dogfart</v>
+        <v>d0gfart</v>
       </c>
       <c r="I14">
         <v>-27</v>
       </c>
       <c r="J14">
         <v>37</v>
       </c>
       <c r="K14">
         <v>2</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
         <v>7</v>
       </c>
       <c r="N14">
         <v>6</v>
       </c>
       <c r="O14">
         <v>5</v>
       </c>
       <c r="P14">
         <v>4</v>
       </c>