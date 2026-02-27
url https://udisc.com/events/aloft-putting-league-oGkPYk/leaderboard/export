--- v0 (2025-10-19)
+++ v1 (2026-02-27)
@@ -679,51 +679,51 @@
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Greg Argyle</v>
       </c>
       <c r="E5">
         <v>-28</v>
       </c>
       <c r="F5">
         <v>36</v>
       </c>
       <c r="G5">
         <v>34349</v>
       </c>
       <c r="H5" t="str">
-        <v>dogfart</v>
+        <v>d0gfart</v>
       </c>
       <c r="I5">
         <v>-28</v>
       </c>
       <c r="J5">
         <v>36</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
         <v>7</v>
       </c>
       <c r="M5">
         <v>6</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>5</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>