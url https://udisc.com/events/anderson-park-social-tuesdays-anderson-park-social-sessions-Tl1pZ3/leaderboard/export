--- v0 (2026-02-22)
+++ v1 (2026-03-15)
@@ -913,50 +913,53 @@
       </c>
       <c r="D7">
         <v>5</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
         <v>T6</v>
       </c>
       <c r="G7">
         <v>6</v>
       </c>
       <c r="H7" t="str">
         <v>Sudan Soundappan</v>
       </c>
       <c r="I7">
         <v>-6</v>
       </c>
       <c r="J7">
         <v>23</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
+      <c r="L7">
+        <v>316973</v>
+      </c>
       <c r="M7" t="str">
         <v>sudansoundappan</v>
       </c>
       <c r="N7">
         <v>-6</v>
       </c>
       <c r="O7">
         <v>23</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
@@ -1407,232 +1410,235 @@
       </c>
       <c r="R14">
         <v>2</v>
       </c>
       <c r="S14">
         <v>2</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
         <v>2</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>2</v>
       </c>
       <c r="X14">
         <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="C15">
-        <v>-3</v>
+        <v>2</v>
       </c>
       <c r="D15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
       <c r="F15" t="str">
         <v>DUP</v>
       </c>
       <c r="H15" t="str">
-        <v>Alex Langley</v>
+        <v>Sudan Soundappan</v>
       </c>
       <c r="I15">
-        <v>-7</v>
+        <v>-3</v>
       </c>
       <c r="J15">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="K15">
         <v>1</v>
       </c>
+      <c r="L15">
+        <v>316973</v>
+      </c>
       <c r="M15" t="str">
-        <v>dillythedodo</v>
+        <v>sudansoundappan</v>
       </c>
       <c r="N15">
-        <v>-7</v>
+        <v>-3</v>
       </c>
       <c r="O15">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="P15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="C16">
         <v>-3</v>
       </c>
       <c r="D16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
         <v>DUP</v>
       </c>
       <c r="H16" t="str">
-        <v>Javahn Kavell</v>
+        <v>Alex Langley</v>
       </c>
       <c r="I16">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="J16">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
       <c r="M16" t="str">
-        <v>javahn</v>
+        <v>dillythedodo</v>
       </c>
       <c r="N16">
-        <v>-6</v>
+        <v>-7</v>
       </c>
       <c r="O16">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="P16">
         <v>2</v>
       </c>
       <c r="Q16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W16">
         <v>2</v>
       </c>
       <c r="X16">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="C17">
-        <v>2</v>
+        <v>-3</v>
       </c>
       <c r="D17">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E17" t="str">
         <v>GEN</v>
       </c>
       <c r="F17" t="str">
         <v>DUP</v>
       </c>
       <c r="H17" t="str">
-        <v>Sudan Soundappan</v>
+        <v>Javahn Kavell</v>
       </c>
       <c r="I17">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="J17">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
       <c r="M17" t="str">
-        <v>sudansoundappan</v>
+        <v>javahn</v>
       </c>
       <c r="N17">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="O17">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="P17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q17">
         <v>2</v>
       </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
         <v>2</v>
       </c>
       <c r="T17">
         <v>4</v>
       </c>
       <c r="U17">
         <v>3</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X17">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:X17"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>