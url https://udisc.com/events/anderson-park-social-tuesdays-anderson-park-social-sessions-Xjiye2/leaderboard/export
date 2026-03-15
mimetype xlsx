--- v0 (2026-02-01)
+++ v1 (2026-03-15)
@@ -549,50 +549,53 @@
       </c>
       <c r="D2">
         <v>5</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
         <v>1</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2" t="str">
         <v>Sudan Soundappan</v>
       </c>
       <c r="I2">
         <v>-7</v>
       </c>
       <c r="J2">
         <v>22</v>
       </c>
       <c r="K2">
         <v>1</v>
       </c>
+      <c r="L2">
+        <v>316973</v>
+      </c>
       <c r="M2" t="str">
         <v>sudansoundappan</v>
       </c>
       <c r="N2">
         <v>-7</v>
       </c>
       <c r="O2">
         <v>22</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>2</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
       <c r="U2">
@@ -990,50 +993,53 @@
       </c>
       <c r="D8">
         <v>1</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
         <v>7</v>
       </c>
       <c r="G8">
         <v>7</v>
       </c>
       <c r="H8" t="str">
         <v>Bala Nithej Thumma</v>
       </c>
       <c r="I8">
         <v>2</v>
       </c>
       <c r="J8">
         <v>31</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
+      <c r="L8">
+        <v>323699</v>
+      </c>
       <c r="M8" t="str">
         <v>reddy06</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>31</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
         <v>5</v>
       </c>
       <c r="S8">
         <v>4</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
@@ -1357,167 +1363,173 @@
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
         <v>5</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
         <v>4</v>
       </c>
       <c r="X13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="C14">
         <v>3</v>
       </c>
       <c r="D14">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
         <v>DUP</v>
       </c>
       <c r="H14" t="str">
-        <v>Bala Nithej Thumma</v>
+        <v>Sudan Soundappan</v>
       </c>
       <c r="I14">
-        <v>2</v>
+        <v>-2</v>
       </c>
       <c r="J14">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="K14">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="L14">
+        <v>316973</v>
       </c>
       <c r="M14" t="str">
-        <v>reddy06</v>
+        <v>sudansoundappan</v>
       </c>
       <c r="N14">
-        <v>2</v>
+        <v>-2</v>
       </c>
       <c r="O14">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U14">
         <v>2</v>
       </c>
       <c r="V14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W14">
         <v>4</v>
       </c>
       <c r="X14">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="C15">
         <v>3</v>
       </c>
       <c r="D15">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
       <c r="F15" t="str">
         <v>DUP</v>
       </c>
       <c r="H15" t="str">
-        <v>Sudan Soundappan</v>
+        <v>Bala Nithej Thumma</v>
       </c>
       <c r="I15">
-        <v>-2</v>
+        <v>2</v>
       </c>
       <c r="J15">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="K15">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="L15">
+        <v>323699</v>
       </c>
       <c r="M15" t="str">
-        <v>sudansoundappan</v>
+        <v>reddy06</v>
       </c>
       <c r="N15">
-        <v>-2</v>
+        <v>2</v>
       </c>
       <c r="O15">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U15">
         <v>2</v>
       </c>
       <c r="V15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W15">
         <v>4</v>
       </c>
       <c r="X15">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:X15"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>