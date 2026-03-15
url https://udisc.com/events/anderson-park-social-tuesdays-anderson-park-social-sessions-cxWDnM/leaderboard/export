--- v0 (2026-01-12)
+++ v1 (2026-03-15)
@@ -549,50 +549,53 @@
       </c>
       <c r="D2">
         <v>4</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
         <v>T1</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2" t="str">
         <v>Sudan Soundappan</v>
       </c>
       <c r="I2">
         <v>-6</v>
       </c>
       <c r="J2">
         <v>23</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
+      <c r="L2">
+        <v>316973</v>
+      </c>
       <c r="M2" t="str">
         <v>sudansoundappan</v>
       </c>
       <c r="N2">
         <v>-6</v>
       </c>
       <c r="O2">
         <v>23</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
       <c r="U2">
@@ -1496,294 +1499,297 @@
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
         <v>2</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="C16">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
         <v>DUP</v>
       </c>
       <c r="H16" t="str">
-        <v>Alex Langley</v>
+        <v>Sudan Soundappan</v>
       </c>
       <c r="I16">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="J16">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
+      <c r="L16">
+        <v>316973</v>
+      </c>
       <c r="M16" t="str">
-        <v>dillythedodo</v>
+        <v>sudansoundappan</v>
       </c>
       <c r="N16">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="O16">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
         <v>3</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>
       <c r="V16">
         <v>3</v>
       </c>
       <c r="W16">
         <v>3</v>
       </c>
       <c r="X16">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="17">
       <c r="C17">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D17">
         <v>3</v>
       </c>
       <c r="E17" t="str">
         <v>GEN</v>
       </c>
       <c r="F17" t="str">
         <v>DUP</v>
       </c>
       <c r="H17" t="str">
-        <v>Javahn Kavell</v>
+        <v>Alex Langley</v>
       </c>
       <c r="I17">
-        <v>-3</v>
+        <v>-1</v>
       </c>
       <c r="J17">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
       <c r="M17" t="str">
-        <v>javahn</v>
+        <v>dillythedodo</v>
       </c>
       <c r="N17">
-        <v>-3</v>
+        <v>-1</v>
       </c>
       <c r="O17">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="P17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q17">
+        <v>3</v>
+      </c>
+      <c r="R17">
+        <v>3</v>
+      </c>
+      <c r="S17">
+        <v>3</v>
+      </c>
+      <c r="T17">
+        <v>3</v>
+      </c>
+      <c r="U17">
+        <v>3</v>
+      </c>
+      <c r="V17">
+        <v>3</v>
+      </c>
+      <c r="W17">
+        <v>3</v>
+      </c>
+      <c r="X17">
         <v>4</v>
-      </c>
-[...19 lines deleted...]
-        <v>2</v>
       </c>
     </row>
     <row r="18">
       <c r="C18">
         <v>0</v>
       </c>
       <c r="D18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E18" t="str">
         <v>GEN</v>
       </c>
       <c r="F18" t="str">
         <v>DUP</v>
       </c>
       <c r="H18" t="str">
-        <v>Nikkil</v>
+        <v>Javahn Kavell</v>
       </c>
       <c r="I18">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="J18">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="K18">
         <v>1</v>
       </c>
       <c r="M18" t="str">
-        <v>reddynk13</v>
+        <v>javahn</v>
       </c>
       <c r="N18">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="O18">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="P18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
         <v>3</v>
       </c>
       <c r="U18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W18">
         <v>3</v>
       </c>
       <c r="X18">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="C19">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D19">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E19" t="str">
         <v>GEN</v>
       </c>
       <c r="F19" t="str">
         <v>DUP</v>
       </c>
       <c r="H19" t="str">
-        <v>Sudan Soundappan</v>
+        <v>Nikkil</v>
       </c>
       <c r="I19">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="J19">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K19">
         <v>1</v>
       </c>
       <c r="M19" t="str">
-        <v>sudansoundappan</v>
+        <v>reddynk13</v>
       </c>
       <c r="N19">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="O19">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
         <v>3</v>
       </c>
       <c r="S19">
         <v>3</v>
       </c>
       <c r="T19">
         <v>3</v>
       </c>
       <c r="U19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:X19"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>