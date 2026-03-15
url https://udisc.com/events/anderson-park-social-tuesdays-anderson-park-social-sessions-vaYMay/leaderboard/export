--- v0 (2026-02-22)
+++ v1 (2026-03-15)
@@ -549,50 +549,53 @@
       </c>
       <c r="D2">
         <v>0</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
         <v>T6</v>
       </c>
       <c r="G2">
         <v>6</v>
       </c>
       <c r="H2" t="str">
         <v>Bala Nithej Thumma</v>
       </c>
       <c r="I2">
         <v>-3</v>
       </c>
       <c r="J2">
         <v>26</v>
       </c>
       <c r="K2">
         <v>1</v>
       </c>
+      <c r="L2">
+        <v>323699</v>
+      </c>
       <c r="M2" t="str">
         <v>reddy06</v>
       </c>
       <c r="N2">
         <v>-3</v>
       </c>
       <c r="O2">
         <v>26</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>2</v>
       </c>
       <c r="U2">
@@ -1058,50 +1061,53 @@
       </c>
       <c r="D9">
         <v>6</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
         <v>T8</v>
       </c>
       <c r="G9">
         <v>8</v>
       </c>
       <c r="H9" t="str">
         <v>Sudan Soundappan</v>
       </c>
       <c r="I9">
         <v>-2</v>
       </c>
       <c r="J9">
         <v>27</v>
       </c>
       <c r="K9">
         <v>2</v>
       </c>
+      <c r="L9">
+        <v>316973</v>
+      </c>
       <c r="M9" t="str">
         <v>sudansoundappan</v>
       </c>
       <c r="N9">
         <v>-2</v>
       </c>
       <c r="O9">
         <v>27</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>2</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
         <v>3</v>
       </c>
       <c r="U9">
@@ -1537,350 +1543,356 @@
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>2</v>
       </c>
       <c r="T16">
         <v>2</v>
       </c>
       <c r="U16">
         <v>2</v>
       </c>
       <c r="V16">
         <v>2</v>
       </c>
       <c r="W16">
         <v>2</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="C17">
-        <v>-2</v>
+        <v>6</v>
       </c>
       <c r="D17">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="E17" t="str">
         <v>GEN</v>
       </c>
       <c r="F17" t="str">
         <v>DUP</v>
       </c>
       <c r="H17" t="str">
-        <v>Bala Nithej Thumma</v>
+        <v>Sudan Soundappan</v>
       </c>
       <c r="I17">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="J17">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="K17">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="L17">
+        <v>316973</v>
       </c>
       <c r="M17" t="str">
-        <v>reddy06</v>
+        <v>sudansoundappan</v>
       </c>
       <c r="N17">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="O17">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="P17">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X17">
         <v>2</v>
       </c>
     </row>
     <row r="18">
       <c r="C18">
-        <v>2</v>
+        <v>-2</v>
       </c>
       <c r="D18">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="E18" t="str">
         <v>GEN</v>
       </c>
       <c r="F18" t="str">
         <v>DUP</v>
       </c>
       <c r="H18" t="str">
-        <v>Ellen Soar</v>
+        <v>Bala Nithej Thumma</v>
       </c>
       <c r="I18">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="J18">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="K18">
         <v>2</v>
       </c>
+      <c r="L18">
+        <v>323699</v>
+      </c>
       <c r="M18" t="str">
-        <v>ellensoar93</v>
+        <v>reddy06</v>
       </c>
       <c r="N18">
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="O18">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="P18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>
       <c r="T18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X18">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="19">
+      <c r="C19">
+        <v>2</v>
+      </c>
+      <c r="D19">
+        <v>2</v>
+      </c>
       <c r="E19" t="str">
         <v>GEN</v>
       </c>
       <c r="F19" t="str">
         <v>DUP</v>
       </c>
       <c r="H19" t="str">
-        <v>Himanshu</v>
+        <v>Ellen Soar</v>
       </c>
       <c r="I19">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="J19">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="K19">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M19" t="str">
-        <v>himanshu</v>
+        <v>ellensoar93</v>
       </c>
       <c r="N19">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="O19">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="P19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S19">
         <v>3</v>
       </c>
       <c r="T19">
+        <v>3</v>
+      </c>
+      <c r="U19">
         <v>5</v>
       </c>
-      <c r="U19">
-[...1 lines deleted...]
-      </c>
       <c r="V19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
-      <c r="C20">
-[...4 lines deleted...]
-      </c>
       <c r="E20" t="str">
         <v>GEN</v>
       </c>
       <c r="F20" t="str">
         <v>DUP</v>
       </c>
       <c r="H20" t="str">
-        <v>Javahn Kavell</v>
+        <v>Himanshu</v>
       </c>
       <c r="I20">
-        <v>-3</v>
+        <v>3</v>
       </c>
       <c r="J20">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="K20">
         <v>1</v>
       </c>
       <c r="M20" t="str">
-        <v>javahn</v>
+        <v>himanshu</v>
       </c>
       <c r="N20">
-        <v>-3</v>
+        <v>3</v>
       </c>
       <c r="O20">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="P20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
       <c r="R20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S20">
         <v>3</v>
       </c>
       <c r="T20">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U20">
         <v>3</v>
       </c>
       <c r="V20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W20">
         <v>3</v>
       </c>
       <c r="X20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="C21">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="D21">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="E21" t="str">
         <v>GEN</v>
       </c>
       <c r="F21" t="str">
         <v>DUP</v>
       </c>
       <c r="H21" t="str">
-        <v>Sudan Soundappan</v>
+        <v>Javahn Kavell</v>
       </c>
       <c r="I21">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="J21">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="K21">
         <v>1</v>
       </c>
       <c r="M21" t="str">
-        <v>sudansoundappan</v>
+        <v>javahn</v>
       </c>
       <c r="N21">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="O21">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T21">
         <v>3</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:X21"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>