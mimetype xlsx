--- v0 (2025-12-16)
+++ v1 (2026-01-12)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:X18"/>
+  <dimension ref="A1:X17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="17.83203125" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="29.83203125" customWidth="1"/>
     <col min="4" max="4" width="34.83203125" customWidth="1"/>
     <col min="5" max="5" width="8.83203125" customWidth="1"/>
     <col min="6" max="6" width="8.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="20.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="12.83203125" customWidth="1"/>
     <col min="12" max="12" width="11.83203125" customWidth="1"/>
     <col min="13" max="13" width="8.83203125" customWidth="1"/>
     <col min="14" max="14" width="20.83203125" customWidth="1"/>
     <col min="15" max="15" width="17.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="6.83203125" customWidth="1"/>
@@ -1073,579 +1073,547 @@
       </c>
       <c r="R9">
         <v>4</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
         <v>4</v>
       </c>
       <c r="U9">
         <v>4</v>
       </c>
       <c r="V9">
         <v>4</v>
       </c>
       <c r="W9">
         <v>4</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="C10">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D10">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
+      <c r="F10" t="str">
+        <v>DUP</v>
+      </c>
       <c r="H10" t="str">
-        <v>Ellen Soar</v>
+        <v>Matthew Stowell</v>
       </c>
       <c r="I10">
-        <v>0</v>
+        <v>-5</v>
       </c>
       <c r="J10">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="K10">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="L10">
+        <v>201854</v>
       </c>
       <c r="M10" t="str">
-        <v>ellensoar93</v>
+        <v>mattystowell</v>
       </c>
       <c r="N10">
-        <v>0</v>
+        <v>-5</v>
       </c>
       <c r="O10">
-        <v>0</v>
+        <v>24</v>
+      </c>
+      <c r="P10">
+        <v>3</v>
+      </c>
+      <c r="Q10">
+        <v>3</v>
+      </c>
+      <c r="R10">
+        <v>2</v>
+      </c>
+      <c r="S10">
+        <v>3</v>
+      </c>
+      <c r="T10">
+        <v>3</v>
+      </c>
+      <c r="U10">
+        <v>2</v>
+      </c>
+      <c r="V10">
+        <v>3</v>
+      </c>
+      <c r="W10">
+        <v>3</v>
+      </c>
+      <c r="X10">
+        <v>2</v>
       </c>
     </row>
     <row r="11">
-      <c r="C11">
-[...4 lines deleted...]
-      </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
         <v>DUP</v>
       </c>
       <c r="H11" t="str">
-        <v>Matthew Stowell</v>
+        <v>Daniel Smith</v>
       </c>
       <c r="I11">
-        <v>-5</v>
+        <v>-3</v>
       </c>
       <c r="J11">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="K11">
         <v>2</v>
       </c>
       <c r="L11">
-        <v>201854</v>
+        <v>244256</v>
       </c>
       <c r="M11" t="str">
-        <v>mattystowell</v>
+        <v>austin6004</v>
       </c>
       <c r="N11">
-        <v>-5</v>
+        <v>-3</v>
       </c>
       <c r="O11">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="P11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X11">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12">
+      <c r="C12">
+        <v>3</v>
+      </c>
+      <c r="D12">
+        <v>6</v>
+      </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
         <v>DUP</v>
       </c>
       <c r="H12" t="str">
-        <v>Daniel Smith</v>
+        <v xml:space="preserve">Anthony Gilbert </v>
       </c>
       <c r="I12">
         <v>-3</v>
       </c>
       <c r="J12">
         <v>26</v>
       </c>
       <c r="K12">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L12">
-        <v>244256</v>
+        <v>246774</v>
       </c>
       <c r="M12" t="str">
-        <v>austin6004</v>
+        <v>antdaddy</v>
       </c>
       <c r="N12">
         <v>-3</v>
       </c>
       <c r="O12">
         <v>26</v>
       </c>
       <c r="P12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="C13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D13">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
         <v>DUP</v>
       </c>
       <c r="H13" t="str">
-        <v xml:space="preserve">Anthony Gilbert </v>
+        <v>Jarrod</v>
       </c>
       <c r="I13">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="J13">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="K13">
         <v>1</v>
       </c>
       <c r="L13">
-        <v>246774</v>
+        <v>274926</v>
       </c>
       <c r="M13" t="str">
-        <v>antdaddy</v>
+        <v>jbird9</v>
       </c>
       <c r="N13">
-        <v>-3</v>
+        <v>-6</v>
       </c>
       <c r="O13">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>2</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X13">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="C14">
         <v>2</v>
       </c>
       <c r="D14">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
         <v>DUP</v>
       </c>
       <c r="H14" t="str">
-        <v>Jarrod</v>
+        <v>Alex Langley</v>
       </c>
       <c r="I14">
-        <v>-6</v>
+        <v>-1</v>
       </c>
       <c r="J14">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="K14">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>274926</v>
+        <v>2</v>
       </c>
       <c r="M14" t="str">
-        <v>jbird9</v>
+        <v>dillythedodo</v>
       </c>
       <c r="N14">
-        <v>-6</v>
+        <v>-1</v>
       </c>
       <c r="O14">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="P14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
         <v>2</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X14">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="C15">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D15">
         <v>3</v>
       </c>
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
       <c r="F15" t="str">
         <v>DUP</v>
       </c>
       <c r="H15" t="str">
-        <v>Alex Langley</v>
+        <v>Javahn Kavell</v>
       </c>
       <c r="I15">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="J15">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="K15">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M15" t="str">
-        <v>dillythedodo</v>
+        <v>javahn</v>
       </c>
       <c r="N15">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="O15">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="P15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q15">
         <v>2</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X15">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="C16">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D16">
-        <v>3</v>
+        <v>-2</v>
       </c>
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
         <v>DUP</v>
       </c>
       <c r="H16" t="str">
-        <v>Javahn Kavell</v>
+        <v>John Craven</v>
       </c>
       <c r="I16">
-        <v>-2</v>
+        <v>2</v>
       </c>
       <c r="J16">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
       <c r="M16" t="str">
-        <v>javahn</v>
+        <v>jctuicraven</v>
       </c>
       <c r="N16">
-        <v>-2</v>
+        <v>2</v>
       </c>
       <c r="O16">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V16">
         <v>4</v>
       </c>
       <c r="W16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
-      <c r="C17">
-[...4 lines deleted...]
-      </c>
       <c r="E17" t="str">
         <v>GEN</v>
       </c>
       <c r="F17" t="str">
         <v>DUP</v>
       </c>
       <c r="H17" t="str">
-        <v>John Craven</v>
+        <v>Tyla Woods</v>
       </c>
       <c r="I17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J17">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="K17">
         <v>1</v>
       </c>
       <c r="M17" t="str">
-        <v>jctuicraven</v>
+        <v>ohyeahhh</v>
       </c>
       <c r="N17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O17">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="P17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T17">
+        <v>4</v>
+      </c>
+      <c r="U17">
+        <v>3</v>
+      </c>
+      <c r="V17">
         <v>5</v>
       </c>
-      <c r="U17">
-[...4 lines deleted...]
-      </c>
       <c r="W17">
         <v>3</v>
       </c>
       <c r="X17">
-        <v>3</v>
-[...54 lines deleted...]
-      <c r="X18">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:X18"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:X17"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 