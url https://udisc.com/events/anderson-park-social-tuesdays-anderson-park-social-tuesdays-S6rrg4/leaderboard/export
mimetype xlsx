--- v0 (2025-12-18)
+++ v1 (2026-03-15)
@@ -1478,50 +1478,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
       <c r="F15" t="str">
         <v>T6</v>
       </c>
       <c r="G15">
         <v>6</v>
       </c>
       <c r="H15" t="str">
         <v>Sudan Soundappan</v>
       </c>
       <c r="I15">
         <v>-3</v>
       </c>
       <c r="J15">
         <v>26</v>
       </c>
       <c r="K15">
         <v>1</v>
       </c>
+      <c r="L15">
+        <v>316973</v>
+      </c>
       <c r="M15" t="str">
         <v>sudansoundappan</v>
       </c>
       <c r="N15">
         <v>-3</v>
       </c>
       <c r="O15">
         <v>26</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>2</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
         <v>4</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
       <c r="U15">
@@ -1536,50 +1539,53 @@
       <c r="X15">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
         <v>T11</v>
       </c>
       <c r="G16">
         <v>11</v>
       </c>
       <c r="H16" t="str">
         <v>Bala Nithej Thumma</v>
       </c>
       <c r="I16">
         <v>-1</v>
       </c>
       <c r="J16">
         <v>28</v>
       </c>
       <c r="K16">
         <v>2</v>
+      </c>
+      <c r="L16">
+        <v>323699</v>
       </c>
       <c r="M16" t="str">
         <v>reddy06</v>
       </c>
       <c r="N16">
         <v>-1</v>
       </c>
       <c r="O16">
         <v>28</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
         <v>4</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
         <v>4</v>
       </c>
@@ -1965,590 +1971,596 @@
         <v>2</v>
       </c>
       <c r="R22">
         <v>2</v>
       </c>
       <c r="S22">
         <v>3</v>
       </c>
       <c r="T22">
         <v>3</v>
       </c>
       <c r="U22">
         <v>3</v>
       </c>
       <c r="V22">
         <v>4</v>
       </c>
       <c r="W22">
         <v>3</v>
       </c>
       <c r="X22">
         <v>1</v>
       </c>
     </row>
     <row r="23">
-      <c r="C23">
-[...4 lines deleted...]
-      </c>
       <c r="E23" t="str">
         <v>GEN</v>
       </c>
       <c r="F23" t="str">
         <v>DUP</v>
       </c>
       <c r="H23" t="str">
-        <v>Aaron Williams</v>
+        <v>Sudan Soundappan</v>
       </c>
       <c r="I23">
-        <v>-4</v>
+        <v>-1</v>
       </c>
       <c r="J23">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="K23">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="L23">
+        <v>316973</v>
       </c>
       <c r="M23" t="str">
-        <v>puddleboat</v>
+        <v>sudansoundappan</v>
       </c>
       <c r="N23">
-        <v>-4</v>
+        <v>-1</v>
       </c>
       <c r="O23">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>
       <c r="Q23">
         <v>3</v>
       </c>
       <c r="R23">
         <v>3</v>
       </c>
       <c r="S23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V23">
         <v>3</v>
       </c>
       <c r="W23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X23">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="24">
-      <c r="C24">
-[...4 lines deleted...]
-      </c>
       <c r="E24" t="str">
         <v>GEN</v>
       </c>
       <c r="F24" t="str">
         <v>DUP</v>
       </c>
       <c r="H24" t="str">
-        <v>Alex Langley</v>
+        <v>Bala Nithej Thumma</v>
       </c>
       <c r="I24">
-        <v>-1</v>
+        <v>2</v>
       </c>
       <c r="J24">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="K24">
         <v>1</v>
       </c>
+      <c r="L24">
+        <v>323699</v>
+      </c>
       <c r="M24" t="str">
-        <v>dillythedodo</v>
+        <v>reddy06</v>
       </c>
       <c r="N24">
-        <v>-1</v>
+        <v>2</v>
       </c>
       <c r="O24">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="P24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U24">
         <v>3</v>
       </c>
       <c r="V24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W24">
         <v>3</v>
       </c>
       <c r="X24">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="25">
+      <c r="C25">
+        <v>-2</v>
+      </c>
+      <c r="D25">
+        <v>2</v>
+      </c>
       <c r="E25" t="str">
         <v>GEN</v>
       </c>
       <c r="F25" t="str">
         <v>DUP</v>
       </c>
       <c r="H25" t="str">
-        <v>Bala Nithej Thumma</v>
+        <v>Aaron Williams</v>
       </c>
       <c r="I25">
-        <v>2</v>
+        <v>-4</v>
       </c>
       <c r="J25">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="K25">
         <v>1</v>
       </c>
       <c r="M25" t="str">
-        <v>reddy06</v>
+        <v>puddleboat</v>
       </c>
       <c r="N25">
-        <v>2</v>
+        <v>-4</v>
       </c>
       <c r="O25">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="P25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R25">
         <v>3</v>
       </c>
       <c r="S25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T25">
         <v>4</v>
       </c>
       <c r="U25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X25">
         <v>2</v>
       </c>
     </row>
     <row r="26">
       <c r="C26">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D26">
         <v>2</v>
       </c>
       <c r="E26" t="str">
         <v>GEN</v>
       </c>
       <c r="F26" t="str">
         <v>DUP</v>
       </c>
       <c r="H26" t="str">
-        <v>Braedon Rangi</v>
+        <v>Alex Langley</v>
       </c>
       <c r="I26">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J26">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="K26">
         <v>1</v>
       </c>
       <c r="M26" t="str">
-        <v>rangitoto</v>
+        <v>dillythedodo</v>
       </c>
       <c r="N26">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="O26">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="P26">
         <v>3</v>
       </c>
       <c r="Q26">
         <v>3</v>
       </c>
       <c r="R26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S26">
         <v>3</v>
       </c>
       <c r="T26">
         <v>3</v>
       </c>
       <c r="U26">
         <v>3</v>
       </c>
       <c r="V26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="C27">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D27">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E27" t="str">
         <v>GEN</v>
       </c>
       <c r="F27" t="str">
         <v>DUP</v>
       </c>
       <c r="H27" t="str">
-        <v>Brook</v>
+        <v>Braedon Rangi</v>
       </c>
       <c r="I27">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J27">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="K27">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M27" t="str">
-        <v>smldslinger</v>
+        <v>rangitoto</v>
       </c>
       <c r="N27">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="O27">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="P27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R27">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U27">
         <v>3</v>
       </c>
       <c r="V27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W27">
         <v>4</v>
       </c>
       <c r="X27">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="C28">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D28">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E28" t="str">
         <v>GEN</v>
       </c>
       <c r="F28" t="str">
         <v>DUP</v>
       </c>
       <c r="H28" t="str">
-        <v>Ellen Soar</v>
+        <v>Brook</v>
       </c>
       <c r="I28">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J28">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K28">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M28" t="str">
-        <v>ellensoar93</v>
+        <v>smldslinger</v>
       </c>
       <c r="N28">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="O28">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="P28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q28">
         <v>4</v>
       </c>
       <c r="R28">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S28">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T28">
         <v>4</v>
       </c>
       <c r="U28">
         <v>3</v>
       </c>
       <c r="V28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W28">
         <v>4</v>
       </c>
       <c r="X28">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="C29">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D29">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E29" t="str">
         <v>GEN</v>
       </c>
       <c r="F29" t="str">
         <v>DUP</v>
       </c>
       <c r="H29" t="str">
-        <v>Javahn Kavell</v>
+        <v>Ellen Soar</v>
       </c>
       <c r="I29">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="J29">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="K29">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="M29" t="str">
-        <v>javahn</v>
+        <v>ellensoar93</v>
       </c>
       <c r="N29">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="O29">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>
       <c r="Q29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R29">
         <v>3</v>
       </c>
       <c r="S29">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W29">
         <v>4</v>
       </c>
       <c r="X29">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="C30">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D30">
-        <v>-3</v>
+        <v>4</v>
       </c>
       <c r="E30" t="str">
         <v>GEN</v>
       </c>
       <c r="F30" t="str">
         <v>DUP</v>
       </c>
       <c r="H30" t="str">
-        <v>John Craven</v>
+        <v>Javahn Kavell</v>
       </c>
       <c r="I30">
+        <v>0</v>
+      </c>
+      <c r="J30">
+        <v>29</v>
+      </c>
+      <c r="K30">
+        <v>2</v>
+      </c>
+      <c r="M30" t="str">
+        <v>javahn</v>
+      </c>
+      <c r="N30">
+        <v>0</v>
+      </c>
+      <c r="O30">
+        <v>29</v>
+      </c>
+      <c r="P30">
+        <v>3</v>
+      </c>
+      <c r="Q30">
+        <v>3</v>
+      </c>
+      <c r="R30">
+        <v>3</v>
+      </c>
+      <c r="S30">
+        <v>3</v>
+      </c>
+      <c r="T30">
+        <v>3</v>
+      </c>
+      <c r="U30">
+        <v>2</v>
+      </c>
+      <c r="V30">
+        <v>3</v>
+      </c>
+      <c r="W30">
+        <v>4</v>
+      </c>
+      <c r="X30">
         <v>5</v>
       </c>
-      <c r="J30">
-[...40 lines deleted...]
-      </c>
     </row>
     <row r="31">
+      <c r="C31">
+        <v>2</v>
+      </c>
+      <c r="D31">
+        <v>-3</v>
+      </c>
       <c r="E31" t="str">
         <v>GEN</v>
       </c>
       <c r="F31" t="str">
         <v>DUP</v>
       </c>
       <c r="H31" t="str">
-        <v>Sudan Soundappan</v>
+        <v>John Craven</v>
       </c>
       <c r="I31">
-        <v>-1</v>
+        <v>5</v>
       </c>
       <c r="J31">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="K31">
         <v>2</v>
       </c>
       <c r="M31" t="str">
-        <v>sudansoundappan</v>
+        <v>jctuicraven</v>
       </c>
       <c r="N31">
-        <v>-1</v>
+        <v>5</v>
       </c>
       <c r="O31">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="P31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q31">
         <v>3</v>
       </c>
       <c r="R31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T31">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U31">
         <v>3</v>
       </c>
       <c r="V31">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X31">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:X31"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>