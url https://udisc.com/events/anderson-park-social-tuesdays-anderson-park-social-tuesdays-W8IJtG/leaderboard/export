--- v0 (2026-02-01)
+++ v1 (2026-03-15)
@@ -549,50 +549,53 @@
       </c>
       <c r="D2">
         <v>3</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
         <v>3</v>
       </c>
       <c r="G2">
         <v>3</v>
       </c>
       <c r="H2" t="str">
         <v>Sudan Soundappan</v>
       </c>
       <c r="I2">
         <v>-5</v>
       </c>
       <c r="J2">
         <v>24</v>
       </c>
       <c r="K2">
         <v>1</v>
       </c>
+      <c r="L2">
+        <v>316973</v>
+      </c>
       <c r="M2" t="str">
         <v>sudansoundappan</v>
       </c>
       <c r="N2">
         <v>-5</v>
       </c>
       <c r="O2">
         <v>24</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>2</v>
       </c>
       <c r="U2">
@@ -1104,50 +1107,53 @@
     </row>
     <row r="10">
       <c r="C10">
         <v>3</v>
       </c>
       <c r="D10">
         <v>3</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
         <v>DNF</v>
       </c>
       <c r="H10" t="str">
         <v>Sudan Soundappan</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10">
         <v>0</v>
       </c>
       <c r="K10">
         <v>2</v>
+      </c>
+      <c r="L10">
+        <v>316973</v>
       </c>
       <c r="M10" t="str">
         <v>sudansoundappan</v>
       </c>
       <c r="N10">
         <v>0</v>
       </c>
       <c r="O10">
         <v>0</v>
       </c>
     </row>
     <row r="11">
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
         <v>DNF</v>
       </c>
       <c r="H11" t="str">
         <v>Nikkil</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11">