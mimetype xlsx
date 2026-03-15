--- v0 (2026-01-11)
+++ v1 (2026-03-15)
@@ -916,50 +916,53 @@
       </c>
       <c r="D7">
         <v>4</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
         <v>T4</v>
       </c>
       <c r="G7">
         <v>4</v>
       </c>
       <c r="H7" t="str">
         <v>Sudan Soundappan</v>
       </c>
       <c r="I7">
         <v>-6</v>
       </c>
       <c r="J7">
         <v>23</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
+      <c r="L7">
+        <v>316973</v>
+      </c>
       <c r="M7" t="str">
         <v>sudansoundappan</v>
       </c>
       <c r="N7">
         <v>-6</v>
       </c>
       <c r="O7">
         <v>23</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>2</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>
       <c r="S7">
         <v>2</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
@@ -1892,226 +1895,229 @@
       </c>
       <c r="R21">
         <v>2</v>
       </c>
       <c r="S21">
         <v>2</v>
       </c>
       <c r="T21">
         <v>3</v>
       </c>
       <c r="U21">
         <v>2</v>
       </c>
       <c r="V21">
         <v>2</v>
       </c>
       <c r="W21">
         <v>2</v>
       </c>
       <c r="X21">
         <v>2</v>
       </c>
     </row>
     <row r="22">
       <c r="C22">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="D22">
-        <v>-1</v>
+        <v>4</v>
       </c>
       <c r="E22" t="str">
         <v>GEN</v>
       </c>
       <c r="F22" t="str">
         <v>DUP</v>
       </c>
       <c r="H22" t="str">
-        <v>Brook</v>
+        <v>Sudan Soundappan</v>
       </c>
       <c r="I22">
+        <v>-5</v>
+      </c>
+      <c r="J22">
+        <v>24</v>
+      </c>
+      <c r="K22">
         <v>1</v>
       </c>
-      <c r="J22">
-[...3 lines deleted...]
-        <v>2</v>
+      <c r="L22">
+        <v>316973</v>
       </c>
       <c r="M22" t="str">
-        <v>smldslinger</v>
+        <v>sudansoundappan</v>
       </c>
       <c r="N22">
-        <v>1</v>
+        <v>-5</v>
       </c>
       <c r="O22">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
         <v>3</v>
       </c>
       <c r="R22">
         <v>3</v>
       </c>
       <c r="S22">
         <v>3</v>
       </c>
       <c r="T22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U22">
         <v>3</v>
       </c>
       <c r="V22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X22">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23">
+      <c r="C23">
+        <v>0</v>
+      </c>
+      <c r="D23">
+        <v>-1</v>
+      </c>
       <c r="E23" t="str">
         <v>GEN</v>
       </c>
       <c r="F23" t="str">
         <v>DUP</v>
       </c>
       <c r="H23" t="str">
-        <v>Reecetillson</v>
+        <v>Brook</v>
       </c>
       <c r="I23">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="J23">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="K23">
+        <v>2</v>
+      </c>
+      <c r="M23" t="str">
+        <v>smldslinger</v>
+      </c>
+      <c r="N23">
         <v>1</v>
       </c>
-      <c r="M23" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="O23">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="P23">
         <v>3</v>
       </c>
       <c r="Q23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T23">
         <v>4</v>
       </c>
       <c r="U23">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V23">
         <v>4</v>
       </c>
       <c r="W23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
-      <c r="C24">
-[...4 lines deleted...]
-      </c>
       <c r="E24" t="str">
         <v>GEN</v>
       </c>
       <c r="F24" t="str">
         <v>DUP</v>
       </c>
       <c r="H24" t="str">
-        <v>Sudan Soundappan</v>
+        <v>Reecetillson</v>
       </c>
       <c r="I24">
-        <v>-5</v>
+        <v>3</v>
       </c>
       <c r="J24">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="K24">
         <v>1</v>
       </c>
       <c r="M24" t="str">
-        <v>sudansoundappan</v>
+        <v>reecetillson</v>
       </c>
       <c r="N24">
-        <v>-5</v>
+        <v>3</v>
       </c>
       <c r="O24">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>
       <c r="Q24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T24">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U24">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V24">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W24">
         <v>3</v>
       </c>
       <c r="X24">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:X24"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>