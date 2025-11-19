--- v0 (2025-10-29)
+++ v1 (2025-11-19)
@@ -640,51 +640,51 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Isaac Mangrum</v>
       </c>
       <c r="E3">
         <v>-15</v>
       </c>
       <c r="F3">
         <v>39</v>
       </c>
       <c r="G3">
         <v>139110</v>
       </c>
       <c r="H3" t="str">
-        <v>isaacmangrum9</v>
+        <v>hogdaddy</v>
       </c>
       <c r="I3">
         <v>-15</v>
       </c>
       <c r="J3">
         <v>39</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>