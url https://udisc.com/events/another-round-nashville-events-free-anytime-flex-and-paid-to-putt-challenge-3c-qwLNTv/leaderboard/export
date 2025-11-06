--- v0 (2025-10-17)
+++ v1 (2025-11-06)
@@ -1165,50 +1165,53 @@
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA4</v>
       </c>
       <c r="B9" t="str">
         <v>2</v>
       </c>
       <c r="C9">
         <v>2</v>
       </c>
       <c r="D9" t="str">
         <v>Eric Rhodes</v>
       </c>
       <c r="E9">
         <v>12</v>
       </c>
       <c r="F9">
         <v>67</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
+      <c r="H9">
+        <v>317027</v>
+      </c>
       <c r="I9" t="str">
         <v>soosemcgoose</v>
       </c>
       <c r="J9">
         <v>12</v>
       </c>
       <c r="K9">
         <v>67</v>
       </c>
       <c r="L9">
         <v>4</v>
       </c>
       <c r="M9">
         <v>4</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">