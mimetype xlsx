--- v1 (2025-11-06)
+++ v2 (2025-12-03)
@@ -907,50 +907,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA3</v>
       </c>
       <c r="B6" t="str">
         <v>1</v>
       </c>
       <c r="C6">
         <v>1</v>
       </c>
       <c r="D6" t="str">
         <v>Logan Scarbrough</v>
       </c>
       <c r="E6">
         <v>9</v>
       </c>
       <c r="F6">
         <v>64</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
+      <c r="H6">
+        <v>306749</v>
+      </c>
       <c r="I6" t="str">
         <v>logans901</v>
       </c>
       <c r="J6">
         <v>9</v>
       </c>
       <c r="K6">
         <v>64</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">