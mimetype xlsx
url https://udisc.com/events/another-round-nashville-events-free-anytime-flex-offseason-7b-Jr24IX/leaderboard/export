--- v0 (2025-12-13)
+++ v1 (2026-01-09)
@@ -1000,51 +1000,51 @@
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA2</v>
       </c>
       <c r="B7" t="str">
         <v>DNF</v>
       </c>
       <c r="D7" t="str">
         <v>Jonathan Taylor</v>
       </c>
       <c r="E7">
         <v>0</v>
       </c>
       <c r="F7">
         <v>30</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7">
         <v>299041</v>
       </c>
       <c r="I7" t="str">
-        <v>homerundad</v>
+        <v>homerun86</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
       <c r="K7">
         <v>30</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
         <v>6</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>5</v>
       </c>
       <c r="Q7">
         <v>4</v>
       </c>