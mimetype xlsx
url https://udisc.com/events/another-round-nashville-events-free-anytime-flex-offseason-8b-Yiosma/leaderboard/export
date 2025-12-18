--- v0 (2025-11-25)
+++ v1 (2025-12-18)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AC4"/>
+  <dimension ref="A1:AC8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -632,217 +632,516 @@
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
       <c r="AC2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA3</v>
       </c>
       <c r="B3" t="str">
         <v>1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
-        <v>Adam Buck</v>
+        <v>Billy</v>
       </c>
       <c r="E3">
-        <v>-1</v>
+        <v>-10</v>
       </c>
       <c r="F3">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3">
-        <v>301415</v>
+        <v>306631</v>
       </c>
       <c r="I3" t="str">
-        <v>adam37130</v>
+        <v>odinsfallen</v>
       </c>
       <c r="J3">
-        <v>-1</v>
+        <v>-10</v>
       </c>
       <c r="K3">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="L3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M3">
         <v>4</v>
       </c>
       <c r="N3">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="O3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q3">
         <v>4</v>
       </c>
       <c r="R3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="T3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U3">
         <v>4</v>
       </c>
       <c r="V3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z3">
         <v>2</v>
       </c>
       <c r="AA3">
         <v>2</v>
       </c>
       <c r="AB3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
+        <v>MA3</v>
+      </c>
+      <c r="B4" t="str">
+        <v>2</v>
+      </c>
+      <c r="C4">
+        <v>2</v>
+      </c>
+      <c r="D4" t="str">
+        <v>Adam Buck</v>
+      </c>
+      <c r="E4">
+        <v>-1</v>
+      </c>
+      <c r="F4">
+        <v>57</v>
+      </c>
+      <c r="G4">
+        <v>1</v>
+      </c>
+      <c r="H4">
+        <v>301415</v>
+      </c>
+      <c r="I4" t="str">
+        <v>adam37130</v>
+      </c>
+      <c r="J4">
+        <v>-1</v>
+      </c>
+      <c r="K4">
+        <v>57</v>
+      </c>
+      <c r="L4">
+        <v>3</v>
+      </c>
+      <c r="M4">
+        <v>4</v>
+      </c>
+      <c r="N4">
+        <v>5</v>
+      </c>
+      <c r="O4">
+        <v>3</v>
+      </c>
+      <c r="P4">
+        <v>3</v>
+      </c>
+      <c r="Q4">
+        <v>4</v>
+      </c>
+      <c r="R4">
+        <v>3</v>
+      </c>
+      <c r="S4">
+        <v>2</v>
+      </c>
+      <c r="T4">
+        <v>4</v>
+      </c>
+      <c r="U4">
+        <v>4</v>
+      </c>
+      <c r="V4">
+        <v>4</v>
+      </c>
+      <c r="W4">
+        <v>4</v>
+      </c>
+      <c r="X4">
+        <v>2</v>
+      </c>
+      <c r="Y4">
+        <v>2</v>
+      </c>
+      <c r="Z4">
+        <v>2</v>
+      </c>
+      <c r="AA4">
+        <v>2</v>
+      </c>
+      <c r="AB4">
+        <v>3</v>
+      </c>
+      <c r="AC4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="str">
+        <v>MA4</v>
+      </c>
+      <c r="B5" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D5" t="str">
+        <v>William kean</v>
+      </c>
+      <c r="E5">
+        <v>-6</v>
+      </c>
+      <c r="F5">
+        <v>5</v>
+      </c>
+      <c r="G5">
+        <v>1</v>
+      </c>
+      <c r="I5" t="str">
+        <v>wkean78</v>
+      </c>
+      <c r="J5">
+        <v>-6</v>
+      </c>
+      <c r="K5">
+        <v>5</v>
+      </c>
+      <c r="L5">
+        <v>2</v>
+      </c>
+      <c r="M5">
+        <v>2</v>
+      </c>
+      <c r="N5">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="str">
         <v>GEN</v>
       </c>
-      <c r="B4" t="str">
-[...5 lines deleted...]
-      <c r="D4" t="str">
+      <c r="B6" t="str">
+        <v>1</v>
+      </c>
+      <c r="C6">
+        <v>1</v>
+      </c>
+      <c r="D6" t="str">
         <v>Mason Reynolds</v>
       </c>
-      <c r="E4">
+      <c r="E6">
         <v>-6</v>
       </c>
-      <c r="F4">
+      <c r="F6">
         <v>52</v>
       </c>
-      <c r="G4">
-[...2 lines deleted...]
-      <c r="I4" t="str">
+      <c r="G6">
+        <v>1</v>
+      </c>
+      <c r="I6" t="str">
         <v>masonr3y</v>
       </c>
-      <c r="J4">
+      <c r="J6">
         <v>-6</v>
       </c>
-      <c r="K4">
+      <c r="K6">
         <v>52</v>
       </c>
-      <c r="L4">
-[...51 lines deleted...]
-        <v>2</v>
+      <c r="L6">
+        <v>3</v>
+      </c>
+      <c r="M6">
+        <v>4</v>
+      </c>
+      <c r="N6">
+        <v>3</v>
+      </c>
+      <c r="O6">
+        <v>3</v>
+      </c>
+      <c r="P6">
+        <v>3</v>
+      </c>
+      <c r="Q6">
+        <v>3</v>
+      </c>
+      <c r="R6">
+        <v>3</v>
+      </c>
+      <c r="S6">
+        <v>3</v>
+      </c>
+      <c r="T6">
+        <v>3</v>
+      </c>
+      <c r="U6">
+        <v>2</v>
+      </c>
+      <c r="V6">
+        <v>3</v>
+      </c>
+      <c r="W6">
+        <v>3</v>
+      </c>
+      <c r="X6">
+        <v>3</v>
+      </c>
+      <c r="Y6">
+        <v>3</v>
+      </c>
+      <c r="Z6">
+        <v>3</v>
+      </c>
+      <c r="AA6">
+        <v>2</v>
+      </c>
+      <c r="AB6">
+        <v>3</v>
+      </c>
+      <c r="AC6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B7" t="str">
+        <v>2</v>
+      </c>
+      <c r="C7">
+        <v>2</v>
+      </c>
+      <c r="D7" t="str">
+        <v>Easton Young</v>
+      </c>
+      <c r="E7">
+        <v>7</v>
+      </c>
+      <c r="F7">
+        <v>65</v>
+      </c>
+      <c r="G7">
+        <v>1</v>
+      </c>
+      <c r="I7" t="str">
+        <v>eastonyoung7</v>
+      </c>
+      <c r="J7">
+        <v>7</v>
+      </c>
+      <c r="K7">
+        <v>65</v>
+      </c>
+      <c r="L7">
+        <v>3</v>
+      </c>
+      <c r="M7">
+        <v>6</v>
+      </c>
+      <c r="N7">
+        <v>4</v>
+      </c>
+      <c r="O7">
+        <v>2</v>
+      </c>
+      <c r="P7">
+        <v>4</v>
+      </c>
+      <c r="Q7">
+        <v>6</v>
+      </c>
+      <c r="R7">
+        <v>4</v>
+      </c>
+      <c r="S7">
+        <v>3</v>
+      </c>
+      <c r="T7">
+        <v>4</v>
+      </c>
+      <c r="U7">
+        <v>4</v>
+      </c>
+      <c r="V7">
+        <v>4</v>
+      </c>
+      <c r="W7">
+        <v>3</v>
+      </c>
+      <c r="X7">
+        <v>3</v>
+      </c>
+      <c r="Y7">
+        <v>2</v>
+      </c>
+      <c r="Z7">
+        <v>2</v>
+      </c>
+      <c r="AA7">
+        <v>3</v>
+      </c>
+      <c r="AB7">
+        <v>3</v>
+      </c>
+      <c r="AC7">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="B8" t="str">
+        <v>3</v>
+      </c>
+      <c r="C8">
+        <v>3</v>
+      </c>
+      <c r="D8" t="str">
+        <v>Cooper Jameson</v>
+      </c>
+      <c r="E8">
+        <v>8</v>
+      </c>
+      <c r="F8">
+        <v>66</v>
+      </c>
+      <c r="G8">
+        <v>1</v>
+      </c>
+      <c r="I8" t="str">
+        <v>cjameson2634</v>
+      </c>
+      <c r="J8">
+        <v>8</v>
+      </c>
+      <c r="K8">
+        <v>66</v>
+      </c>
+      <c r="L8">
+        <v>4</v>
+      </c>
+      <c r="M8">
+        <v>4</v>
+      </c>
+      <c r="N8">
+        <v>2</v>
+      </c>
+      <c r="O8">
+        <v>6</v>
+      </c>
+      <c r="P8">
+        <v>6</v>
+      </c>
+      <c r="Q8">
+        <v>4</v>
+      </c>
+      <c r="R8">
+        <v>3</v>
+      </c>
+      <c r="S8">
+        <v>4</v>
+      </c>
+      <c r="T8">
+        <v>3</v>
+      </c>
+      <c r="U8">
+        <v>4</v>
+      </c>
+      <c r="V8">
+        <v>4</v>
+      </c>
+      <c r="W8">
+        <v>3</v>
+      </c>
+      <c r="X8">
+        <v>4</v>
+      </c>
+      <c r="Y8">
+        <v>3</v>
+      </c>
+      <c r="Z8">
+        <v>3</v>
+      </c>
+      <c r="AA8">
+        <v>3</v>
+      </c>
+      <c r="AB8">
+        <v>2</v>
+      </c>
+      <c r="AC8">
+        <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AC4"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AC8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 