--- v1 (2026-01-13)
+++ v2 (2026-03-02)
@@ -1375,50 +1375,53 @@
         <v>212</v>
       </c>
       <c r="L25">
         <v>214</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>T20</v>
       </c>
       <c r="C26">
         <v>20</v>
       </c>
       <c r="D26" t="str">
         <v>Jeffery Miller</v>
       </c>
       <c r="E26">
         <v>-6</v>
       </c>
       <c r="F26">
         <v>426</v>
       </c>
+      <c r="G26">
+        <v>322831</v>
+      </c>
       <c r="H26" t="str">
         <v>jgm001523</v>
       </c>
       <c r="I26">
         <v>-4</v>
       </c>
       <c r="J26">
         <v>-2</v>
       </c>
       <c r="K26">
         <v>212</v>
       </c>
       <c r="L26">
         <v>214</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>T26</v>
       </c>
       <c r="C27">
         <v>26</v>
@@ -5231,50 +5234,53 @@
         <v>6</v>
       </c>
       <c r="AT23">
         <v>6</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>T18</v>
       </c>
       <c r="C24">
         <v>18</v>
       </c>
       <c r="D24" t="str">
         <v>Jeffery Miller</v>
       </c>
       <c r="E24">
         <v>-4</v>
       </c>
       <c r="F24">
         <v>212</v>
       </c>
+      <c r="G24">
+        <v>322831</v>
+      </c>
       <c r="H24" t="str">
         <v>jgm001523</v>
       </c>
       <c r="I24">
         <v>-4</v>
       </c>
       <c r="J24">
         <v>212</v>
       </c>
       <c r="K24">
         <v>6</v>
       </c>
       <c r="L24">
         <v>6</v>
       </c>
       <c r="M24">
         <v>6</v>
       </c>
       <c r="N24">
         <v>6</v>
       </c>
       <c r="O24">
         <v>6</v>
       </c>
       <c r="P24">
@@ -11402,50 +11408,53 @@
         <v>6</v>
       </c>
       <c r="AT25">
         <v>6</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>T20</v>
       </c>
       <c r="C26">
         <v>20</v>
       </c>
       <c r="D26" t="str">
         <v>Jeffery Miller</v>
       </c>
       <c r="E26">
         <v>-6</v>
       </c>
       <c r="F26">
         <v>426</v>
       </c>
+      <c r="G26">
+        <v>322831</v>
+      </c>
       <c r="H26" t="str">
         <v>jgm001523</v>
       </c>
       <c r="I26">
         <v>-2</v>
       </c>
       <c r="J26">
         <v>214</v>
       </c>
       <c r="K26">
         <v>6</v>
       </c>
       <c r="L26">
         <v>6</v>
       </c>
       <c r="M26">
         <v>6</v>
       </c>
       <c r="N26">
         <v>6</v>
       </c>
       <c r="O26">
         <v>6</v>
       </c>
       <c r="P26">