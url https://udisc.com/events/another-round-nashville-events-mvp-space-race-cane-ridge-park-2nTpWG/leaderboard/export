--- v2 (2026-03-02)
+++ v3 (2026-03-22)
@@ -1519,130 +1519,133 @@
       </c>
       <c r="I29">
         <v>-2</v>
       </c>
       <c r="J29">
         <v>-2</v>
       </c>
       <c r="K29">
         <v>214</v>
       </c>
       <c r="L29">
         <v>214</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
         <v>T26</v>
       </c>
       <c r="C30">
         <v>26</v>
       </c>
       <c r="D30" t="str">
-        <v>Colton Castonguay</v>
+        <v>nicolas galaviz</v>
       </c>
       <c r="E30">
         <v>-4</v>
       </c>
       <c r="F30">
         <v>428</v>
       </c>
+      <c r="G30">
+        <v>323990</v>
+      </c>
       <c r="H30" t="str">
-        <v>coltoncas</v>
+        <v>nicoruthless</v>
       </c>
       <c r="I30">
         <v>-2</v>
       </c>
       <c r="J30">
         <v>-2</v>
       </c>
       <c r="K30">
         <v>214</v>
       </c>
       <c r="L30">
         <v>214</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>T26</v>
       </c>
       <c r="C31">
         <v>26</v>
       </c>
       <c r="D31" t="str">
-        <v>Mark Kelly</v>
+        <v>Colton Castonguay</v>
       </c>
       <c r="E31">
         <v>-4</v>
       </c>
       <c r="F31">
         <v>428</v>
       </c>
       <c r="H31" t="str">
-        <v>mkelly01</v>
+        <v>coltoncas</v>
       </c>
       <c r="I31">
         <v>-2</v>
       </c>
       <c r="J31">
         <v>-2</v>
       </c>
       <c r="K31">
         <v>214</v>
       </c>
       <c r="L31">
         <v>214</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>T26</v>
       </c>
       <c r="C32">
         <v>26</v>
       </c>
       <c r="D32" t="str">
-        <v>nicolas galaviz</v>
+        <v>Mark Kelly</v>
       </c>
       <c r="E32">
         <v>-4</v>
       </c>
       <c r="F32">
         <v>428</v>
       </c>
       <c r="H32" t="str">
-        <v>nicoruthless</v>
+        <v>mkelly01</v>
       </c>
       <c r="I32">
         <v>-2</v>
       </c>
       <c r="J32">
         <v>-2</v>
       </c>
       <c r="K32">
         <v>214</v>
       </c>
       <c r="L32">
         <v>214</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
         <v>32</v>
       </c>
       <c r="C33">
         <v>32</v>
       </c>
       <c r="D33" t="str">
@@ -6066,60 +6069,63 @@
       </c>
       <c r="AQ29">
         <v>6</v>
       </c>
       <c r="AR29">
         <v>6</v>
       </c>
       <c r="AS29">
         <v>6</v>
       </c>
       <c r="AT29">
         <v>6</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
         <v>T24</v>
       </c>
       <c r="C30">
         <v>24</v>
       </c>
       <c r="D30" t="str">
-        <v>Colton Castonguay</v>
+        <v>nicolas galaviz</v>
       </c>
       <c r="E30">
         <v>-2</v>
       </c>
       <c r="F30">
         <v>214</v>
       </c>
+      <c r="G30">
+        <v>323990</v>
+      </c>
       <c r="H30" t="str">
-        <v>coltoncas</v>
+        <v>nicoruthless</v>
       </c>
       <c r="I30">
         <v>-2</v>
       </c>
       <c r="J30">
         <v>214</v>
       </c>
       <c r="K30">
         <v>6</v>
       </c>
       <c r="L30">
         <v>6</v>
       </c>
       <c r="M30">
         <v>6</v>
       </c>
       <c r="N30">
         <v>6</v>
       </c>
       <c r="O30">
         <v>6</v>
       </c>
       <c r="P30">
         <v>6</v>
       </c>
@@ -6132,131 +6138,131 @@
       <c r="S30">
         <v>6</v>
       </c>
       <c r="T30">
         <v>6</v>
       </c>
       <c r="U30">
         <v>6</v>
       </c>
       <c r="V30">
         <v>6</v>
       </c>
       <c r="W30">
         <v>6</v>
       </c>
       <c r="X30">
         <v>6</v>
       </c>
       <c r="Y30">
         <v>6</v>
       </c>
       <c r="Z30">
         <v>6</v>
       </c>
       <c r="AA30">
+        <v>6</v>
+      </c>
+      <c r="AB30">
+        <v>6</v>
+      </c>
+      <c r="AC30">
+        <v>6</v>
+      </c>
+      <c r="AD30">
+        <v>6</v>
+      </c>
+      <c r="AE30">
+        <v>6</v>
+      </c>
+      <c r="AF30">
+        <v>6</v>
+      </c>
+      <c r="AG30">
+        <v>6</v>
+      </c>
+      <c r="AH30">
+        <v>6</v>
+      </c>
+      <c r="AI30">
+        <v>6</v>
+      </c>
+      <c r="AJ30">
+        <v>6</v>
+      </c>
+      <c r="AK30">
+        <v>6</v>
+      </c>
+      <c r="AL30">
+        <v>6</v>
+      </c>
+      <c r="AM30">
+        <v>6</v>
+      </c>
+      <c r="AN30">
+        <v>6</v>
+      </c>
+      <c r="AO30">
+        <v>6</v>
+      </c>
+      <c r="AP30">
+        <v>6</v>
+      </c>
+      <c r="AQ30">
         <v>4</v>
-      </c>
-[...46 lines deleted...]
-        <v>6</v>
       </c>
       <c r="AR30">
         <v>6</v>
       </c>
       <c r="AS30">
         <v>6</v>
       </c>
       <c r="AT30">
         <v>6</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>T24</v>
       </c>
       <c r="C31">
         <v>24</v>
       </c>
       <c r="D31" t="str">
-        <v>Curtis Presten</v>
+        <v>Colton Castonguay</v>
       </c>
       <c r="E31">
         <v>-2</v>
       </c>
       <c r="F31">
         <v>214</v>
       </c>
       <c r="H31" t="str">
-        <v>skirrrtycurtis</v>
+        <v>coltoncas</v>
       </c>
       <c r="I31">
         <v>-2</v>
       </c>
       <c r="J31">
         <v>214</v>
       </c>
       <c r="K31">
         <v>6</v>
       </c>
       <c r="L31">
         <v>6</v>
       </c>
       <c r="M31">
         <v>6</v>
       </c>
       <c r="N31">
         <v>6</v>
       </c>
       <c r="O31">
         <v>6</v>
       </c>
       <c r="P31">
         <v>6</v>
       </c>
@@ -6269,57 +6275,57 @@
       <c r="S31">
         <v>6</v>
       </c>
       <c r="T31">
         <v>6</v>
       </c>
       <c r="U31">
         <v>6</v>
       </c>
       <c r="V31">
         <v>6</v>
       </c>
       <c r="W31">
         <v>6</v>
       </c>
       <c r="X31">
         <v>6</v>
       </c>
       <c r="Y31">
         <v>6</v>
       </c>
       <c r="Z31">
         <v>6</v>
       </c>
       <c r="AA31">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AB31">
         <v>6</v>
       </c>
       <c r="AC31">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AD31">
         <v>6</v>
       </c>
       <c r="AE31">
         <v>6</v>
       </c>
       <c r="AF31">
         <v>6</v>
       </c>
       <c r="AG31">
         <v>6</v>
       </c>
       <c r="AH31">
         <v>6</v>
       </c>
       <c r="AI31">
         <v>6</v>
       </c>
       <c r="AJ31">
         <v>6</v>
       </c>
       <c r="AK31">
         <v>6</v>
       </c>
@@ -6340,123 +6346,123 @@
       </c>
       <c r="AQ31">
         <v>6</v>
       </c>
       <c r="AR31">
         <v>6</v>
       </c>
       <c r="AS31">
         <v>6</v>
       </c>
       <c r="AT31">
         <v>6</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>T24</v>
       </c>
       <c r="C32">
         <v>24</v>
       </c>
       <c r="D32" t="str">
-        <v>Mark Kelly</v>
+        <v>Curtis Presten</v>
       </c>
       <c r="E32">
         <v>-2</v>
       </c>
       <c r="F32">
         <v>214</v>
       </c>
       <c r="H32" t="str">
-        <v>mkelly01</v>
+        <v>skirrrtycurtis</v>
       </c>
       <c r="I32">
         <v>-2</v>
       </c>
       <c r="J32">
         <v>214</v>
       </c>
       <c r="K32">
         <v>6</v>
       </c>
       <c r="L32">
         <v>6</v>
       </c>
       <c r="M32">
+        <v>6</v>
+      </c>
+      <c r="N32">
+        <v>6</v>
+      </c>
+      <c r="O32">
+        <v>6</v>
+      </c>
+      <c r="P32">
+        <v>6</v>
+      </c>
+      <c r="Q32">
+        <v>6</v>
+      </c>
+      <c r="R32">
+        <v>6</v>
+      </c>
+      <c r="S32">
+        <v>6</v>
+      </c>
+      <c r="T32">
+        <v>6</v>
+      </c>
+      <c r="U32">
+        <v>6</v>
+      </c>
+      <c r="V32">
+        <v>6</v>
+      </c>
+      <c r="W32">
+        <v>6</v>
+      </c>
+      <c r="X32">
+        <v>6</v>
+      </c>
+      <c r="Y32">
+        <v>6</v>
+      </c>
+      <c r="Z32">
+        <v>6</v>
+      </c>
+      <c r="AA32">
+        <v>6</v>
+      </c>
+      <c r="AB32">
+        <v>6</v>
+      </c>
+      <c r="AC32">
         <v>4</v>
-      </c>
-[...46 lines deleted...]
-        <v>6</v>
       </c>
       <c r="AD32">
         <v>6</v>
       </c>
       <c r="AE32">
         <v>6</v>
       </c>
       <c r="AF32">
         <v>6</v>
       </c>
       <c r="AG32">
         <v>6</v>
       </c>
       <c r="AH32">
         <v>6</v>
       </c>
       <c r="AI32">
         <v>6</v>
       </c>
       <c r="AJ32">
         <v>6</v>
       </c>
       <c r="AK32">
         <v>6</v>
       </c>
@@ -6477,75 +6483,75 @@
       </c>
       <c r="AQ32">
         <v>6</v>
       </c>
       <c r="AR32">
         <v>6</v>
       </c>
       <c r="AS32">
         <v>6</v>
       </c>
       <c r="AT32">
         <v>6</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
         <v>T24</v>
       </c>
       <c r="C33">
         <v>24</v>
       </c>
       <c r="D33" t="str">
-        <v>nicolas galaviz</v>
+        <v>Mark Kelly</v>
       </c>
       <c r="E33">
         <v>-2</v>
       </c>
       <c r="F33">
         <v>214</v>
       </c>
       <c r="H33" t="str">
-        <v>nicoruthless</v>
+        <v>mkelly01</v>
       </c>
       <c r="I33">
         <v>-2</v>
       </c>
       <c r="J33">
         <v>214</v>
       </c>
       <c r="K33">
         <v>6</v>
       </c>
       <c r="L33">
         <v>6</v>
       </c>
       <c r="M33">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="N33">
         <v>6</v>
       </c>
       <c r="O33">
         <v>6</v>
       </c>
       <c r="P33">
         <v>6</v>
       </c>
       <c r="Q33">
         <v>6</v>
       </c>
       <c r="R33">
         <v>6</v>
       </c>
       <c r="S33">
         <v>6</v>
       </c>
       <c r="T33">
         <v>6</v>
       </c>
       <c r="U33">
         <v>6</v>
       </c>
@@ -6591,51 +6597,51 @@
       <c r="AI33">
         <v>6</v>
       </c>
       <c r="AJ33">
         <v>6</v>
       </c>
       <c r="AK33">
         <v>6</v>
       </c>
       <c r="AL33">
         <v>6</v>
       </c>
       <c r="AM33">
         <v>6</v>
       </c>
       <c r="AN33">
         <v>6</v>
       </c>
       <c r="AO33">
         <v>6</v>
       </c>
       <c r="AP33">
         <v>6</v>
       </c>
       <c r="AQ33">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AR33">
         <v>6</v>
       </c>
       <c r="AS33">
         <v>6</v>
       </c>
       <c r="AT33">
         <v>6</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
         <v>33</v>
       </c>
       <c r="C34">
         <v>33</v>
       </c>
       <c r="D34" t="str">
         <v>Daniel Corns III</v>
       </c>
       <c r="E34">
@@ -11960,105 +11966,108 @@
       </c>
       <c r="AQ29">
         <v>6</v>
       </c>
       <c r="AR29">
         <v>6</v>
       </c>
       <c r="AS29">
         <v>6</v>
       </c>
       <c r="AT29">
         <v>6</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
         <v>T26</v>
       </c>
       <c r="C30">
         <v>26</v>
       </c>
       <c r="D30" t="str">
-        <v>Colton Castonguay</v>
+        <v>nicolas galaviz</v>
       </c>
       <c r="E30">
         <v>-4</v>
       </c>
       <c r="F30">
         <v>428</v>
       </c>
+      <c r="G30">
+        <v>323990</v>
+      </c>
       <c r="H30" t="str">
-        <v>coltoncas</v>
+        <v>nicoruthless</v>
       </c>
       <c r="I30">
         <v>-2</v>
       </c>
       <c r="J30">
         <v>214</v>
       </c>
       <c r="K30">
         <v>6</v>
       </c>
       <c r="L30">
         <v>6</v>
       </c>
       <c r="M30">
+        <v>6</v>
+      </c>
+      <c r="N30">
+        <v>6</v>
+      </c>
+      <c r="O30">
+        <v>6</v>
+      </c>
+      <c r="P30">
+        <v>6</v>
+      </c>
+      <c r="Q30">
+        <v>6</v>
+      </c>
+      <c r="R30">
+        <v>6</v>
+      </c>
+      <c r="S30">
+        <v>6</v>
+      </c>
+      <c r="T30">
+        <v>6</v>
+      </c>
+      <c r="U30">
+        <v>6</v>
+      </c>
+      <c r="V30">
+        <v>6</v>
+      </c>
+      <c r="W30">
         <v>4</v>
-      </c>
-[...28 lines deleted...]
-        <v>6</v>
       </c>
       <c r="X30">
         <v>6</v>
       </c>
       <c r="Y30">
         <v>6</v>
       </c>
       <c r="Z30">
         <v>6</v>
       </c>
       <c r="AA30">
         <v>6</v>
       </c>
       <c r="AB30">
         <v>6</v>
       </c>
       <c r="AC30">
         <v>6</v>
       </c>
       <c r="AD30">
         <v>6</v>
       </c>
       <c r="AE30">
         <v>6</v>
       </c>
@@ -12097,81 +12106,81 @@
       </c>
       <c r="AQ30">
         <v>6</v>
       </c>
       <c r="AR30">
         <v>6</v>
       </c>
       <c r="AS30">
         <v>6</v>
       </c>
       <c r="AT30">
         <v>6</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>T26</v>
       </c>
       <c r="C31">
         <v>26</v>
       </c>
       <c r="D31" t="str">
-        <v>Mark Kelly</v>
+        <v>Colton Castonguay</v>
       </c>
       <c r="E31">
         <v>-4</v>
       </c>
       <c r="F31">
         <v>428</v>
       </c>
       <c r="H31" t="str">
-        <v>mkelly01</v>
+        <v>coltoncas</v>
       </c>
       <c r="I31">
         <v>-2</v>
       </c>
       <c r="J31">
         <v>214</v>
       </c>
       <c r="K31">
         <v>6</v>
       </c>
       <c r="L31">
         <v>6</v>
       </c>
       <c r="M31">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="N31">
         <v>6</v>
       </c>
       <c r="O31">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P31">
         <v>6</v>
       </c>
       <c r="Q31">
         <v>6</v>
       </c>
       <c r="R31">
         <v>6</v>
       </c>
       <c r="S31">
         <v>6</v>
       </c>
       <c r="T31">
         <v>6</v>
       </c>
       <c r="U31">
         <v>6</v>
       </c>
       <c r="V31">
         <v>6</v>
       </c>
       <c r="W31">
         <v>6</v>
       </c>
@@ -12234,105 +12243,105 @@
       </c>
       <c r="AQ31">
         <v>6</v>
       </c>
       <c r="AR31">
         <v>6</v>
       </c>
       <c r="AS31">
         <v>6</v>
       </c>
       <c r="AT31">
         <v>6</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>T26</v>
       </c>
       <c r="C32">
         <v>26</v>
       </c>
       <c r="D32" t="str">
-        <v>nicolas galaviz</v>
+        <v>Mark Kelly</v>
       </c>
       <c r="E32">
         <v>-4</v>
       </c>
       <c r="F32">
         <v>428</v>
       </c>
       <c r="H32" t="str">
-        <v>nicoruthless</v>
+        <v>mkelly01</v>
       </c>
       <c r="I32">
         <v>-2</v>
       </c>
       <c r="J32">
         <v>214</v>
       </c>
       <c r="K32">
         <v>6</v>
       </c>
       <c r="L32">
         <v>6</v>
       </c>
       <c r="M32">
         <v>6</v>
       </c>
       <c r="N32">
         <v>6</v>
       </c>
       <c r="O32">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="P32">
         <v>6</v>
       </c>
       <c r="Q32">
         <v>6</v>
       </c>
       <c r="R32">
         <v>6</v>
       </c>
       <c r="S32">
         <v>6</v>
       </c>
       <c r="T32">
         <v>6</v>
       </c>
       <c r="U32">
         <v>6</v>
       </c>
       <c r="V32">
         <v>6</v>
       </c>
       <c r="W32">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="X32">
         <v>6</v>
       </c>
       <c r="Y32">
         <v>6</v>
       </c>
       <c r="Z32">
         <v>6</v>
       </c>
       <c r="AA32">
         <v>6</v>
       </c>
       <c r="AB32">
         <v>6</v>
       </c>
       <c r="AC32">
         <v>6</v>
       </c>
       <c r="AD32">
         <v>6</v>
       </c>
       <c r="AE32">
         <v>6</v>
       </c>