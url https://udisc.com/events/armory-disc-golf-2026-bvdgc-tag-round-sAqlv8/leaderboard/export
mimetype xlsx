--- v0 (2026-02-21)
+++ v1 (2026-03-28)
@@ -720,137 +720,149 @@
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Ams A</v>
       </c>
       <c r="B4" t="str">
         <v>2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
         <v>Dustin Sanford</v>
       </c>
       <c r="E4">
         <v>8</v>
       </c>
       <c r="F4">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="G4">
         <v>204885</v>
       </c>
       <c r="H4" t="str">
         <v>dusford</v>
       </c>
       <c r="I4">
         <v>8</v>
       </c>
       <c r="J4">
-        <v>52</v>
+        <v>65</v>
+      </c>
+      <c r="K4">
+        <v>3</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>5</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>6</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>6</v>
       </c>
       <c r="U4">
         <v>4</v>
       </c>
       <c r="V4">
         <v>4</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
+        <v>3</v>
+      </c>
+      <c r="Z4">
+        <v>4</v>
+      </c>
+      <c r="AA4">
+        <v>3</v>
+      </c>
+      <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Ams B</v>
       </c>
       <c r="B5" t="str">
         <v>1</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5" t="str">
         <v>Caleb Duncan</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="G5">
         <v>312298</v>
       </c>
       <c r="H5" t="str">
         <v>calebnacnud</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>4</v>
       </c>
@@ -858,207 +870,222 @@
         <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
         <v>4</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>4</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>5</v>
       </c>
       <c r="AA5">
         <v>2</v>
+      </c>
+      <c r="AB5">
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Ams B</v>
       </c>
       <c r="B6" t="str">
-        <v>T2</v>
+        <v>2</v>
       </c>
       <c r="C6">
         <v>2</v>
       </c>
       <c r="D6" t="str">
-        <v>Cody Hightower</v>
+        <v>Travis Stahl</v>
       </c>
       <c r="E6">
         <v>8</v>
       </c>
       <c r="F6">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>145286</v>
+        <v>65</v>
       </c>
       <c r="H6" t="str">
-        <v>chigh88</v>
+        <v>trex490</v>
       </c>
       <c r="I6">
         <v>8</v>
       </c>
       <c r="J6">
-        <v>52</v>
+        <v>65</v>
+      </c>
+      <c r="K6">
+        <v>3</v>
       </c>
       <c r="L6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N6">
         <v>4</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R6">
         <v>4</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T6">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="U6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X6">
         <v>4</v>
       </c>
       <c r="Y6">
+        <v>3</v>
+      </c>
+      <c r="Z6">
+        <v>5</v>
+      </c>
+      <c r="AA6">
+        <v>3</v>
+      </c>
+      <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Ams B</v>
       </c>
       <c r="B7" t="str">
-        <v>T2</v>
+        <v>3</v>
       </c>
       <c r="C7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D7" t="str">
-        <v>Travis Stahl</v>
+        <v>Cody Hightower</v>
       </c>
       <c r="E7">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F7">
-        <v>65</v>
+        <v>67</v>
+      </c>
+      <c r="G7">
+        <v>145286</v>
       </c>
       <c r="H7" t="str">
-        <v>trex490</v>
+        <v>chigh88</v>
       </c>
       <c r="I7">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="J7">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N7">
         <v>4</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>4</v>
       </c>
       <c r="Q7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R7">
         <v>4</v>
       </c>
       <c r="S7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T7">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X7">
         <v>4</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>Ams B</v>
       </c>
       <c r="B8" t="str">
         <v>T4</v>
       </c>
       <c r="C8">
         <v>4</v>
       </c>
       <c r="D8" t="str">
         <v>Devin McMorrow</v>
       </c>
       <c r="E8">
         <v>11</v>
       </c>
       <c r="F8">
         <v>68</v>
       </c>
       <c r="H8" t="str">
         <v>dmcm33</v>
       </c>
       <c r="I8">
@@ -1200,60 +1227,60 @@
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>5</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>Ams B</v>
       </c>
       <c r="B10" t="str">
         <v>6</v>
       </c>
       <c r="C10">
         <v>6</v>
       </c>
       <c r="D10" t="str">
         <v>Elijah Sustaita</v>
       </c>
       <c r="E10">
         <v>12</v>
       </c>
       <c r="F10">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="H10" t="str">
         <v>elijahsustaita</v>
       </c>
       <c r="I10">
         <v>12</v>
       </c>
       <c r="J10">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="K10">
         <v>4</v>
       </c>
       <c r="L10">
         <v>4</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>4</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>2</v>
       </c>
       <c r="R10">
         <v>4</v>
       </c>
@@ -1261,121 +1288,136 @@
         <v>5</v>
       </c>
       <c r="T10">
         <v>6</v>
       </c>
       <c r="U10">
         <v>4</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
         <v>5</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>5</v>
       </c>
       <c r="AA10">
         <v>5</v>
+      </c>
+      <c r="AB10">
+        <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Ams B</v>
       </c>
       <c r="B11" t="str">
         <v>7</v>
       </c>
       <c r="C11">
         <v>7</v>
       </c>
       <c r="D11" t="str">
         <v xml:space="preserve">Matt Stillwagon </v>
       </c>
       <c r="E11">
         <v>13</v>
       </c>
       <c r="F11">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="H11" t="str">
         <v>stillwagon</v>
       </c>
       <c r="I11">
         <v>13</v>
       </c>
       <c r="J11">
-        <v>57</v>
+        <v>70</v>
+      </c>
+      <c r="K11">
+        <v>2</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>5</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>6</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>6</v>
       </c>
       <c r="S11">
         <v>6</v>
       </c>
       <c r="T11">
         <v>4</v>
       </c>
       <c r="U11">
         <v>5</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>4</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
         <v>3</v>
+      </c>
+      <c r="Z11">
+        <v>5</v>
+      </c>
+      <c r="AA11">
+        <v>2</v>
+      </c>
+      <c r="AB11">
+        <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>Ams B</v>
       </c>
       <c r="B12" t="str">
         <v>8</v>
       </c>
       <c r="C12">
         <v>8</v>
       </c>
       <c r="D12" t="str">
         <v>Dylan Cooke</v>
       </c>
       <c r="E12">
         <v>16</v>
       </c>
       <c r="F12">
         <v>73</v>
       </c>
       <c r="G12">
         <v>276062</v>
       </c>
       <c r="H12" t="str">
@@ -1861,114 +1903,117 @@
       </c>
       <c r="Z17">
         <v>5</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>Free</v>
       </c>
       <c r="B18" t="str">
         <v>2</v>
       </c>
       <c r="C18">
         <v>2</v>
       </c>
       <c r="D18" t="str">
         <v>Malachi Mackey</v>
       </c>
       <c r="E18">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F18">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="H18" t="str">
         <v>user11ai</v>
       </c>
       <c r="I18">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="J18">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="K18">
         <v>4</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>4</v>
       </c>
       <c r="N18">
         <v>6</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>4</v>
       </c>
       <c r="R18">
         <v>6</v>
       </c>
       <c r="S18">
         <v>4</v>
       </c>
       <c r="T18">
         <v>4</v>
       </c>
       <c r="U18">
         <v>4</v>
       </c>
       <c r="V18">
         <v>2</v>
       </c>
       <c r="W18">
         <v>3</v>
       </c>
       <c r="X18">
         <v>4</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
         <v>5</v>
       </c>
       <c r="AA18">
-        <v>4</v>
+        <v>5</v>
+      </c>
+      <c r="AB18">
+        <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>Ladies</v>
       </c>
       <c r="B19" t="str">
         <v>1</v>
       </c>
       <c r="C19">
         <v>1</v>
       </c>
       <c r="D19" t="str">
         <v>Chelsey Cooke</v>
       </c>
       <c r="E19">
         <v>46</v>
       </c>
       <c r="F19">
         <v>103</v>
       </c>
       <c r="G19">
         <v>276737</v>
       </c>
       <c r="H19" t="str">