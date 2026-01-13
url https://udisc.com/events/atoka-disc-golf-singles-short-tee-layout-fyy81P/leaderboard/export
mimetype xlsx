--- v0 (2025-10-27)
+++ v1 (2026-01-13)
@@ -640,51 +640,51 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Tommy Burgess</v>
       </c>
       <c r="E3">
         <v>-6</v>
       </c>
       <c r="F3">
         <v>49</v>
       </c>
       <c r="G3">
         <v>188310</v>
       </c>
       <c r="H3" t="str">
-        <v>tommy22</v>
+        <v>tommyburgess22</v>
       </c>
       <c r="I3">
         <v>-6</v>
       </c>
       <c r="J3">
         <v>49</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>