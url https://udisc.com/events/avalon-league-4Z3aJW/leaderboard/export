--- v0 (2025-11-29)
+++ v1 (2026-02-16)
@@ -1384,203 +1384,206 @@
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
         <v>4</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v>Jonathan Massie</v>
+        <v>Robert dempster</v>
       </c>
       <c r="E12">
         <v>13</v>
       </c>
       <c r="F12">
         <v>68</v>
       </c>
+      <c r="G12">
+        <v>310590</v>
+      </c>
       <c r="H12" t="str">
-        <v>massie</v>
+        <v>bobby145</v>
       </c>
       <c r="I12">
         <v>13</v>
       </c>
       <c r="J12">
         <v>68</v>
       </c>
       <c r="K12">
         <v>4</v>
       </c>
       <c r="L12">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="M12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N12">
         <v>4</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V12">
         <v>4</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z12">
         <v>4</v>
       </c>
       <c r="AA12">
         <v>4</v>
       </c>
       <c r="AB12">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T11</v>
       </c>
       <c r="C13">
         <v>11</v>
       </c>
       <c r="D13" t="str">
-        <v>Robert dempster</v>
+        <v>Jonathan Massie</v>
       </c>
       <c r="E13">
         <v>13</v>
       </c>
       <c r="F13">
         <v>68</v>
       </c>
       <c r="H13" t="str">
-        <v>bobby145</v>
+        <v>massie</v>
       </c>
       <c r="I13">
         <v>13</v>
       </c>
       <c r="J13">
         <v>68</v>
       </c>
       <c r="K13">
         <v>4</v>
       </c>
       <c r="L13">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="M13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N13">
         <v>4</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V13">
         <v>4</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z13">
         <v>4</v>
       </c>
       <c r="AA13">
         <v>4</v>
       </c>
       <c r="AB13">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>Roger andrews</v>
       </c>
       <c r="E14">
         <v>16</v>
       </c>
       <c r="F14">
         <v>71</v>
       </c>
       <c r="G14">
         <v>293782</v>
       </c>
       <c r="H14" t="str">
@@ -1643,50 +1646,53 @@
       <c r="AA14">
         <v>4</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v xml:space="preserve">Desmond </v>
       </c>
       <c r="E15">
         <v>26</v>
       </c>
       <c r="F15">
         <v>81</v>
+      </c>
+      <c r="G15">
+        <v>320041</v>
       </c>
       <c r="H15" t="str">
         <v>snapspider88</v>
       </c>
       <c r="I15">
         <v>26</v>
       </c>
       <c r="J15">
         <v>81</v>
       </c>
       <c r="K15">
         <v>4</v>
       </c>
       <c r="L15">
         <v>6</v>
       </c>
       <c r="M15">
         <v>4</v>
       </c>
       <c r="N15">
         <v>7</v>
       </c>
       <c r="O15">
         <v>6</v>
       </c>