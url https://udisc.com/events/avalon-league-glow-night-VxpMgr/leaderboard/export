--- v0 (2025-11-09)
+++ v1 (2026-02-16)
@@ -1334,50 +1334,53 @@
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>Gen</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v xml:space="preserve">Desmond </v>
       </c>
       <c r="E11">
         <v>0</v>
       </c>
       <c r="F11">
         <v>54</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
+      <c r="H11">
+        <v>320041</v>
+      </c>
       <c r="I11" t="str">
         <v>snapspider88</v>
       </c>
       <c r="J11">
         <v>0</v>
       </c>
       <c r="K11">
         <v>54</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
@@ -1766,50 +1769,53 @@
       <c r="AC15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>Gen</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
         <v>Robert dempster</v>
       </c>
       <c r="E16">
         <v>10</v>
       </c>
       <c r="F16">
         <v>64</v>
       </c>
       <c r="G16">
         <v>1</v>
+      </c>
+      <c r="H16">
+        <v>310590</v>
       </c>
       <c r="I16" t="str">
         <v>bobby145</v>
       </c>
       <c r="J16">
         <v>10</v>
       </c>
       <c r="K16">
         <v>64</v>
       </c>
       <c r="L16">
         <v>4</v>
       </c>
       <c r="M16">
         <v>4</v>
       </c>
       <c r="N16">
         <v>4</v>
       </c>
       <c r="O16">
         <v>5</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>