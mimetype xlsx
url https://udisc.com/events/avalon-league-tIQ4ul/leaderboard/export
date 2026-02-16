--- v1 (2026-01-13)
+++ v2 (2026-02-16)
@@ -1561,50 +1561,53 @@
         <v>4</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>Robert dempster</v>
       </c>
       <c r="E14">
         <v>9</v>
       </c>
       <c r="F14">
         <v>64</v>
       </c>
+      <c r="G14">
+        <v>310590</v>
+      </c>
       <c r="H14" t="str">
         <v>bobby145</v>
       </c>
       <c r="I14">
         <v>9</v>
       </c>
       <c r="J14">
         <v>64</v>
       </c>
       <c r="K14">
         <v>4</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>4</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">