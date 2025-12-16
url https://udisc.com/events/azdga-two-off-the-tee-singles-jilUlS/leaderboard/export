--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -1997,50 +1997,53 @@
         <v>2</v>
       </c>
       <c r="AB18">
         <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>AM1</v>
       </c>
       <c r="B19" t="str">
         <v>3</v>
       </c>
       <c r="C19">
         <v>3</v>
       </c>
       <c r="D19" t="str">
         <v>Justin kelley</v>
       </c>
       <c r="E19">
         <v>-2</v>
       </c>
       <c r="F19">
         <v>52</v>
       </c>
+      <c r="G19">
+        <v>315945</v>
+      </c>
       <c r="H19" t="str">
         <v>azhuntman</v>
       </c>
       <c r="I19">
         <v>-2</v>
       </c>
       <c r="J19">
         <v>52</v>
       </c>
       <c r="K19">
         <v>2</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>3</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>2</v>
       </c>
       <c r="P19">