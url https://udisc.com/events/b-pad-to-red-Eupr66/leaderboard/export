--- v0 (2025-10-19)
+++ v1 (2025-11-30)
@@ -714,197 +714,200 @@
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>2</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
-        <v>Jason mcdowell</v>
+        <v>Travis Walters</v>
       </c>
       <c r="E4">
         <v>-5</v>
       </c>
       <c r="F4">
         <v>49</v>
       </c>
+      <c r="G4">
+        <v>260580</v>
+      </c>
       <c r="H4" t="str">
-        <v>jaytona</v>
+        <v>papamu18</v>
       </c>
       <c r="I4">
         <v>-5</v>
       </c>
       <c r="J4">
         <v>49</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q4">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="R4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T2</v>
       </c>
       <c r="C5">
         <v>2</v>
       </c>
       <c r="D5" t="str">
-        <v>Travis Walters</v>
+        <v>Jason mcdowell</v>
       </c>
       <c r="E5">
         <v>-5</v>
       </c>
       <c r="F5">
         <v>49</v>
       </c>
       <c r="H5" t="str">
-        <v>papamu18</v>
+        <v>jaytona</v>
       </c>
       <c r="I5">
         <v>-5</v>
       </c>
       <c r="J5">
         <v>49</v>
       </c>
       <c r="K5">
         <v>2</v>
       </c>
       <c r="L5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q5">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="R5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Kory Olko</v>
       </c>
       <c r="E6">
         <v>-3</v>
       </c>
       <c r="F6">
@@ -1059,50 +1062,53 @@
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T6</v>
       </c>
       <c r="C8">
         <v>6</v>
       </c>
       <c r="D8" t="str">
         <v xml:space="preserve">Jeff Sprague </v>
       </c>
       <c r="E8">
         <v>-2</v>
       </c>
       <c r="F8">
         <v>52</v>
+      </c>
+      <c r="G8">
+        <v>318010</v>
       </c>
       <c r="H8" t="str">
         <v>jestrjef</v>
       </c>
       <c r="I8">
         <v>-2</v>
       </c>
       <c r="J8">
         <v>52</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>